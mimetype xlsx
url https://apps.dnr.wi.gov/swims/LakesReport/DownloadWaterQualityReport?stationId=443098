--- v0 (2025-10-08)
+++ v1 (2025-12-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e8a26210464285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R633bdb70de1c4e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbdefa192a58447ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rff52d08bb3fd483e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdefa192a58447ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff52d08bb3fd483e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -7363,28 +7363,212 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O80" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P80" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q80" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R80" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="81">
+      <x:c r="A81" t="inlineStr">
+        <x:is>
+          <x:t>41890154</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B81" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C81" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D81" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E81" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G81" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N81" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P81" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q81" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R81" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="82">
+      <x:c r="A82" t="inlineStr">
+        <x:is>
+          <x:t>41890154</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B82" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C82" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D82" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E82" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G82" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N82" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P82" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q82" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R82" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>