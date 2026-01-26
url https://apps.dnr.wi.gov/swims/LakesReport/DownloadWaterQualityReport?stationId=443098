--- v1 (2025-12-09)
+++ v2 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R633bdb70de1c4e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5545595cf7664604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rff52d08bb3fd483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R17338ec746b24995"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff52d08bb3fd483e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R17338ec746b24995" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>