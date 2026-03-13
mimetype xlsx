--- v2 (2026-01-26)
+++ v3 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5545595cf7664604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e7892e58364aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R17338ec746b24995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R897226e2b69d4195"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R17338ec746b24995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R897226e2b69d4195" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>