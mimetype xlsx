--- v0 (2025-10-19)
+++ v1 (2025-12-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7d660d126d405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e6857fde0c4c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R41e8ba3301a24111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8962a0f0cd1d4092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R41e8ba3301a24111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8962a0f0cd1d4092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -20059,28 +20059,580 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O218" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P218" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q218" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R218" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>316561284</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C219" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D219" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E219" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t>17.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t>5.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K219" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N219" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P219" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q219" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R219" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="inlineStr">
+        <x:is>
+          <x:t>316561284</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B220" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C220" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D220" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E220" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F220" t="inlineStr">
+        <x:is>
+          <x:t>17.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G220" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H220" t="inlineStr">
+        <x:is>
+          <x:t>5.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K220" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N220" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P220" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q220" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R220" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c r="A221" t="inlineStr">
+        <x:is>
+          <x:t>316561284</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B221" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C221" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D221" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E221" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F221" t="inlineStr">
+        <x:is>
+          <x:t>19.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G221" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H221" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K221" t="inlineStr">
+        <x:is>
+          <x:t>34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N221" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P221" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q221" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R221" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="222">
+      <x:c r="A222" t="inlineStr">
+        <x:is>
+          <x:t>316561284</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B222" t="inlineStr">
+        <x:is>
+          <x:t>10/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C222" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D222" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E222" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F222" t="inlineStr">
+        <x:is>
+          <x:t>19.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G222" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H222" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K222" t="inlineStr">
+        <x:is>
+          <x:t>34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N222" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P222" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q222" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R222" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="223">
+      <x:c r="A223" t="inlineStr">
+        <x:is>
+          <x:t>316561284</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B223" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C223" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D223" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E223" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F223" t="inlineStr">
+        <x:is>
+          <x:t>19.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G223" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H223" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K223" t="inlineStr">
+        <x:is>
+          <x:t>34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N223" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P223" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q223" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R223" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c r="A224" t="inlineStr">
+        <x:is>
+          <x:t>316561284</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B224" t="inlineStr">
+        <x:is>
+          <x:t>10/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C224" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D224" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E224" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F224" t="inlineStr">
+        <x:is>
+          <x:t>23.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G224" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H224" t="inlineStr">
+        <x:is>
+          <x:t>7.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K224" t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N224" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P224" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q224" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R224" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>