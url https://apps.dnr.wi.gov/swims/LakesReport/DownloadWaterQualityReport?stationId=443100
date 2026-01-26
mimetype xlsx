--- v1 (2025-12-09)
+++ v2 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e6857fde0c4c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27965a786fe4cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8962a0f0cd1d4092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R223140f788334d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8962a0f0cd1d4092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R223140f788334d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>