--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2e6c092bd0b4ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f46b941c034dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4d8f1dbf27e14d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Reae8ea430bd14585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d8f1dbf27e14d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reae8ea430bd14585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -31191,28 +31191,212 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O339" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P339" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q339" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R339" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="340">
+      <x:c r="A340" t="inlineStr">
+        <x:is>
+          <x:t>67024832</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B340" t="inlineStr">
+        <x:is>
+          <x:t>11/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C340" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D340" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E340" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F340" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G340" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H340" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K340" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N340" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O340" t="inlineStr">
+        <x:is>
+          <x:t>xx</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P340" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q340" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R340" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c r="A341" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B341" t="inlineStr">
+        <x:is>
+          <x:t>11/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C341" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D341" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E341" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F341" t="inlineStr">
+        <x:is>
+          <x:t>5.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G341" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H341" t="inlineStr">
+        <x:is>
+          <x:t>1.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I341" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K341" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L341" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M341" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>