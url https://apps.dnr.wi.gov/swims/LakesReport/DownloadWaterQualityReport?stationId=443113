--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42f46b941c034dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb40bc479d1b49b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Reae8ea430bd14585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7a7bac0353f24c2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reae8ea430bd14585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a7bac0353f24c2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>