--- v2 (2026-02-10)
+++ v3 (2026-03-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb40bc479d1b49b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6b29b7ac794529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7a7bac0353f24c2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R670bc8edc101419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a7bac0353f24c2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R670bc8edc101419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -31375,28 +31375,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O341" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P341" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q341" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R341" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B342" t="inlineStr">
+        <x:is>
+          <x:t>02/24/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C342" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D342" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E342" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F342" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G342" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H342" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K342" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L342" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>