--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a61f5b5a68f4d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97527a3bbfa44da3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R816e4ae4ab904848"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rca35ec61846543af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R816e4ae4ab904848" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca35ec61846543af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -26407,28 +26407,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O287" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P287" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q287" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R287" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="288">
+      <x:c r="A288" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B288" t="inlineStr">
+        <x:is>
+          <x:t>09/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C288" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D288" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E288" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I288" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L288" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M288" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>