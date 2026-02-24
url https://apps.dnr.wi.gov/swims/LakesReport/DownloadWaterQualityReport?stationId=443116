--- v1 (2026-01-10)
+++ v2 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97527a3bbfa44da3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb96827c8cca465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rca35ec61846543af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7cc78c231a5b416d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca35ec61846543af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7cc78c231a5b416d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>