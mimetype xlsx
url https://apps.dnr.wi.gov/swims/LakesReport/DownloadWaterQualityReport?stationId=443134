--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dcbc12d5f84494c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c2dd90680343ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R621c73631bd34429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2afd2906c711454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R621c73631bd34429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2afd2906c711454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>