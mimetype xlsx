--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c2dd90680343ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca63a2173e324a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2afd2906c711454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R102bda44053d4653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2afd2906c711454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R102bda44053d4653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>