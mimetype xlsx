--- v2 (2026-01-23)
+++ v3 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca63a2173e324a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b465dc34e64d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R102bda44053d4653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R56455b99d2704d7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R102bda44053d4653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R56455b99d2704d7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -27882,301 +27882,577 @@
       </x:c>
       <x:c r="O303" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P303" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q303" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R303" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" t="inlineStr">
         <x:is>
-          <x:t>118313656</x:t>
+          <x:t>364009131</x:t>
         </x:is>
       </x:c>
       <x:c r="B304" t="inlineStr">
         <x:is>
-          <x:t>07/24/2025</x:t>
+          <x:t>04/30/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C304" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D304" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="E304" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F304" t="inlineStr">
         <x:is>
-          <x:t>15.5</x:t>
+          <x:t>13.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G304" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H304" t="inlineStr">
         <x:is>
-          <x:t>4.7</x:t>
+          <x:t>4.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I304" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J304" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K304" t="inlineStr">
         <x:is>
-          <x:t>38</x:t>
+          <x:t>40</x:t>
         </x:is>
       </x:c>
       <x:c r="L304" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M304" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N304" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O304" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P304" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q304" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R304" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" t="inlineStr">
         <x:is>
-          <x:t>118313656</x:t>
+          <x:t>81202731</x:t>
         </x:is>
       </x:c>
       <x:c r="B305" t="inlineStr">
         <x:is>
-          <x:t>08/14/2025</x:t>
+          <x:t>07/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C305" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D305" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E305" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>15.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I305" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J305" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>38</x:t>
         </x:is>
       </x:c>
       <x:c r="L305" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M305" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O305" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R305" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" t="inlineStr">
         <x:is>
           <x:t>118313656</x:t>
         </x:is>
       </x:c>
       <x:c r="B306" t="inlineStr">
         <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C306" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D306" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E306" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F306" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G306" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H306" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I306" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K306" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L306" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M306" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="307">
+      <x:c r="A307" t="inlineStr">
+        <x:is>
+          <x:t>118313656</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B307" t="inlineStr">
+        <x:is>
+          <x:t>08/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C307" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D307" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E307" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I307" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L307" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M307" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="308">
+      <x:c r="A308" t="inlineStr">
+        <x:is>
+          <x:t>81202731</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B308" t="inlineStr">
+        <x:is>
           <x:t>09/05/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C306" t="inlineStr">
+      <x:c r="C308" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D306" t="inlineStr">
+      <x:c r="D308" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="E306" t="inlineStr">
+      <x:c r="E308" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F306" t="inlineStr">
+      <x:c r="F308" t="inlineStr">
         <x:is>
           <x:t>14</x:t>
         </x:is>
       </x:c>
-      <x:c r="G306" t="inlineStr">
+      <x:c r="G308" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H308" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K308" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P308" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q308" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R308" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="309">
+      <x:c r="A309" t="inlineStr">
+        <x:is>
+          <x:t>118313656</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B309" t="inlineStr">
+        <x:is>
+          <x:t>09/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C309" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D309" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E309" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F309" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G309" t="inlineStr">
         <x:is>
           <x:t>N</x:t>
         </x:is>
       </x:c>
-      <x:c r="H306" t="inlineStr">
+      <x:c r="H309" t="inlineStr">
         <x:is>
           <x:t>4.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="I306" t="inlineStr">
+      <x:c r="I309" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="J306" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="K306" t="inlineStr">
+      <x:c r="J309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K309" t="inlineStr">
         <x:is>
           <x:t>39</x:t>
         </x:is>
       </x:c>
-      <x:c r="L306" t="inlineStr">
+      <x:c r="L309" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
-      <x:c r="M306" t="inlineStr">
+      <x:c r="M309" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="N306" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R306" t="inlineStr">
+      <x:c r="N309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R309" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>