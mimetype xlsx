--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3b5a81b7f9413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66c2bcd7e454bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1c7e068da1064361"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf3728ffe0491432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c7e068da1064361" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3728ffe0491432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>