--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66c2bcd7e454bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970af62ee6d3437b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf3728ffe0491432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3d6bc7e46c43409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3728ffe0491432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d6bc7e46c43409d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -31545,61 +31545,61 @@
           <x:t>41</x:t>
         </x:is>
       </x:c>
       <x:c r="L343" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="M343" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N343" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O343" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P343" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q343" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R343" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" t="inlineStr">
         <x:is>
           <x:t>348905607</x:t>
         </x:is>
       </x:c>
       <x:c r="B344" t="inlineStr">
         <x:is>
           <x:t>07/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C344" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D344" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E344" t="inlineStr">
@@ -31637,61 +31637,61 @@
           <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="L344" t="inlineStr">
         <x:is>
           <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="M344" t="inlineStr">
         <x:is>
           <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="N344" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O344" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P344" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q344" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R344" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" t="inlineStr">
         <x:is>
           <x:t>348905607</x:t>
         </x:is>
       </x:c>
       <x:c r="B345" t="inlineStr">
         <x:is>
           <x:t>08/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C345" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D345" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="E345" t="inlineStr">
@@ -31729,61 +31729,61 @@
           <x:t>57</x:t>
         </x:is>
       </x:c>
       <x:c r="L345" t="inlineStr">
         <x:is>
           <x:t>57</x:t>
         </x:is>
       </x:c>
       <x:c r="M345" t="inlineStr">
         <x:is>
           <x:t>59</x:t>
         </x:is>
       </x:c>
       <x:c r="N345" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O345" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="inlineStr">
         <x:is>
           <x:t>351487004</x:t>
         </x:is>
       </x:c>
       <x:c r="B346" t="inlineStr">
         <x:is>
           <x:t>09/04/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C346" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D346" t="inlineStr">
         <x:is>
           <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="E346" t="inlineStr">
@@ -31821,42 +31821,42 @@
           <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="L346" t="inlineStr">
         <x:is>
           <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="M346" t="inlineStr">
         <x:is>
           <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="N346" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O346" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>