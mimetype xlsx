--- v0 (2025-11-02)
+++ v1 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c201e909b7f4313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6ec8aadc63437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ba5e9c4eb624572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6873cdb09e8a48e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ba5e9c4eb624572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6873cdb09e8a48e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -28434,1221 +28434,1773 @@
       </x:c>
       <x:c r="O309" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P309" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q309" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R309" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" t="inlineStr">
         <x:is>
-          <x:t>277868042</x:t>
+          <x:t>356530303</x:t>
         </x:is>
       </x:c>
       <x:c r="B310" t="inlineStr">
         <x:is>
-          <x:t>06/25/2025</x:t>
+          <x:t>06/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C310" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D310" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="E310" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G310" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N310" t="inlineStr">
         <x:is>
-          <x:t>HIGH</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O310" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P310" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q310" t="inlineStr">
         <x:is>
-          <x:t>BROWN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R310" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>277868042</x:t>
         </x:is>
       </x:c>
       <x:c r="B311" t="inlineStr">
         <x:is>
-          <x:t>07/01/2025</x:t>
+          <x:t>06/25/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C311" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D311" t="inlineStr">
         <x:is>
-          <x:t>01</x:t>
+          <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="E311" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F311" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G311" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H311" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I311" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J311" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K311" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L311" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M311" t="inlineStr">
         <x:is>
-          <x:t>37</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N311" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O311" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P311" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q311" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R311" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" t="inlineStr">
         <x:is>
-          <x:t>161635896</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B312" t="inlineStr">
         <x:is>
           <x:t>07/01/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C312" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D312" t="inlineStr">
         <x:is>
           <x:t>01</x:t>
         </x:is>
       </x:c>
       <x:c r="E312" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F312" t="inlineStr">
         <x:is>
-          <x:t>10.5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G312" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H312" t="inlineStr">
         <x:is>
-          <x:t>3.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I312" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="J312" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K312" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L312" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M312" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>37</x:t>
         </x:is>
       </x:c>
       <x:c r="N312" t="inlineStr">
         <x:is>
-          <x:t>HIGH</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O312" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P312" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q312" t="inlineStr">
         <x:is>
-          <x:t>BROWN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R312" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" t="inlineStr">
         <x:is>
           <x:t>161635896</x:t>
         </x:is>
       </x:c>
       <x:c r="B313" t="inlineStr">
         <x:is>
-          <x:t>07/09/2025</x:t>
+          <x:t>07/01/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C313" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D313" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>01</x:t>
         </x:is>
       </x:c>
       <x:c r="E313" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F313" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>10.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G313" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H313" t="inlineStr">
         <x:is>
-          <x:t>2.7</x:t>
+          <x:t>3.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I313" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J313" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K313" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L313" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M313" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N313" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O313" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P313" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q313" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R313" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" t="inlineStr">
         <x:is>
-          <x:t>277868101</x:t>
+          <x:t>161635896</x:t>
         </x:is>
       </x:c>
       <x:c r="B314" t="inlineStr">
         <x:is>
-          <x:t>07/19/2025</x:t>
+          <x:t>07/09/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C314" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D314" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="E314" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F314" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="G314" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H314" t="inlineStr">
         <x:is>
-          <x:t>2.1</x:t>
+          <x:t>2.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I314" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J314" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K314" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="L314" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M314" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N314" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O314" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P314" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q314" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R314" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" t="inlineStr">
         <x:is>
-          <x:t>356530303</x:t>
+          <x:t>277868101</x:t>
         </x:is>
       </x:c>
       <x:c r="B315" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/19/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C315" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D315" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="E315" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F315" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="G315" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H315" t="inlineStr">
         <x:is>
-          <x:t>1.8</x:t>
+          <x:t>2.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I315" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J315" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K315" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="L315" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M315" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N315" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O315" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P315" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q315" t="inlineStr">
         <x:is>
-          <x:t>YELLOW</x:t>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R315" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" t="inlineStr">
         <x:is>
           <x:t>356530303</x:t>
         </x:is>
       </x:c>
       <x:c r="B316" t="inlineStr">
         <x:is>
-          <x:t>07/25/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C316" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D316" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E316" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F316" t="inlineStr">
         <x:is>
-          <x:t>6.5</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G316" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H316" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I316" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J316" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K316" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L316" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M316" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N316" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O316" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P316" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q316" t="inlineStr">
         <x:is>
-          <x:t>BROWN</x:t>
+          <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R316" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" t="inlineStr">
         <x:is>
-          <x:t>25475427</x:t>
+          <x:t>356530303</x:t>
         </x:is>
       </x:c>
       <x:c r="B317" t="inlineStr">
         <x:is>
-          <x:t>08/02/2025</x:t>
+          <x:t>07/25/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C317" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D317" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="E317" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F317" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>6.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G317" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H317" t="inlineStr">
         <x:is>
-          <x:t>1.8</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="I317" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J317" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K317" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L317" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M317" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N317" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O317" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P317" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q317" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R317" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" t="inlineStr">
         <x:is>
-          <x:t>277868042</x:t>
+          <x:t>25475427</x:t>
         </x:is>
       </x:c>
       <x:c r="B318" t="inlineStr">
         <x:is>
-          <x:t>08/11/2025</x:t>
+          <x:t>08/02/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C318" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D318" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="E318" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F318" t="inlineStr">
         <x:is>
-          <x:t>7.5</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G318" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H318" t="inlineStr">
         <x:is>
-          <x:t>2.3</x:t>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I318" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J318" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K318" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L318" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M318" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N318" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O318" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P318" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q318" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R318" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" t="inlineStr">
         <x:is>
           <x:t>277868042</x:t>
         </x:is>
       </x:c>
       <x:c r="B319" t="inlineStr">
         <x:is>
-          <x:t>08/15/2025</x:t>
+          <x:t>08/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C319" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D319" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="E319" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F319" t="inlineStr">
         <x:is>
-          <x:t>8.5</x:t>
+          <x:t>7.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G319" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H319" t="inlineStr">
         <x:is>
-          <x:t>2.6</x:t>
+          <x:t>2.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I319" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J319" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K319" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="L319" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M319" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N319" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O319" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P319" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q319" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R319" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" t="inlineStr">
         <x:is>
           <x:t>277868042</x:t>
         </x:is>
       </x:c>
       <x:c r="B320" t="inlineStr">
         <x:is>
-          <x:t>08/20/2025</x:t>
+          <x:t>08/15/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C320" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D320" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="E320" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F320" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>8.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G320" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H320" t="inlineStr">
         <x:is>
-          <x:t>2.4</x:t>
+          <x:t>2.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I320" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J320" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K320" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="L320" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M320" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N320" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O320" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P320" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q320" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R320" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" t="inlineStr">
         <x:is>
-          <x:t>348277341</x:t>
+          <x:t>277868042</x:t>
         </x:is>
       </x:c>
       <x:c r="B321" t="inlineStr">
         <x:is>
-          <x:t>09/01/2025</x:t>
+          <x:t>08/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C321" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D321" t="inlineStr">
         <x:is>
-          <x:t>01</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="E321" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="G321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I321" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J321" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="L321" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M321" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O321" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R321" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" t="inlineStr">
         <x:is>
+          <x:t>348277341</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B322" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C322" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D322" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E322" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I322" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L322" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M322" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="323">
+      <x:c r="A323" t="inlineStr">
+        <x:is>
           <x:t>356530303</x:t>
         </x:is>
       </x:c>
-      <x:c r="B322" t="inlineStr">
+      <x:c r="B323" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C323" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D323" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E323" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="324">
+      <x:c r="A324" t="inlineStr">
+        <x:is>
+          <x:t>356530303</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B324" t="inlineStr">
         <x:is>
           <x:t>09/05/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C322" t="inlineStr">
+      <x:c r="C324" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D322" t="inlineStr">
+      <x:c r="D324" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="E322" t="inlineStr">
+      <x:c r="E324" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F322" t="inlineStr">
+      <x:c r="F324" t="inlineStr">
         <x:is>
           <x:t>5.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G322" t="inlineStr">
+      <x:c r="G324" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H322" t="inlineStr">
+      <x:c r="H324" t="inlineStr">
         <x:is>
           <x:t>1.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="I322" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K322" t="inlineStr">
+      <x:c r="I324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K324" t="inlineStr">
         <x:is>
           <x:t>53</x:t>
         </x:is>
       </x:c>
-      <x:c r="L322" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N322" t="inlineStr">
+      <x:c r="L324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N324" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O322" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P322" t="inlineStr">
+      <x:c r="O324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P324" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q322" t="inlineStr">
+      <x:c r="Q324" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R322" t="inlineStr">
+      <x:c r="R324" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="325">
+      <x:c r="A325" t="inlineStr">
+        <x:is>
+          <x:t>25475427</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B325" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C325" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D325" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E325" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F325" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G325" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H325" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K325" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N325" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P325" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q325" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R325" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="326">
+      <x:c r="A326" t="inlineStr">
+        <x:is>
+          <x:t>25475427</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B326" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C326" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D326" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E326" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F326" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G326" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H326" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K326" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N326" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P326" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q326" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R326" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="327">
+      <x:c r="A327" t="inlineStr">
+        <x:is>
+          <x:t>8189350</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B327" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C327" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D327" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E327" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F327" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G327" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H327" t="inlineStr">
+        <x:is>
+          <x:t>3.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K327" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N327" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P327" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q327" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R327" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="328">
+      <x:c r="A328" t="inlineStr">
+        <x:is>
+          <x:t>356530303</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B328" t="inlineStr">
+        <x:is>
+          <x:t>10/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C328" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D328" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E328" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F328" t="inlineStr">
+        <x:is>
+          <x:t>8.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G328" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H328" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K328" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N328" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P328" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q328" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R328" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>