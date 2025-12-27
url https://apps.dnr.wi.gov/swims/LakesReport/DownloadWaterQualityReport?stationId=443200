--- v0 (2025-10-20)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc559d43849684aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce65b89691d24fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7e03a89701a44a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R884e5d59a12143df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e03a89701a44a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R884e5d59a12143df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>