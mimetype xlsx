--- v1 (2025-12-27)
+++ v2 (2026-02-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce65b89691d24fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20052a4ff694cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R884e5d59a12143df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R20f9492736474e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R884e5d59a12143df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R20f9492736474e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -9203,28 +9203,120 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O100" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P100" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q100" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R100" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="inlineStr">
+        <x:is>
+          <x:t>29175028</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B101" t="inlineStr">
+        <x:is>
+          <x:t>07/11/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C101" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D101" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E101" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F101" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G101" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H101" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K101" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N101" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P101" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q101" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R101" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>