--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052f24165e964ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c23fff59c54e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb460a6315a54466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcda41b5afbb34f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb460a6315a54466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcda41b5afbb34f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -11879,296 +11879,1308 @@
       </x:c>
       <x:c r="P129" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q129" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R129" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="inlineStr">
         <x:is>
           <x:t>251174225</x:t>
         </x:is>
       </x:c>
       <x:c r="B130" t="inlineStr">
         <x:is>
-          <x:t>06/20/2025</x:t>
+          <x:t>04/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C130" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D130" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E130" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I130" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L130" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M130" t="inlineStr">
         <x:is>
-          <x:t>35</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N130" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O130" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P130" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q130" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R130" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="inlineStr">
         <x:is>
           <x:t>251174225</x:t>
         </x:is>
       </x:c>
       <x:c r="B131" t="inlineStr">
         <x:is>
-          <x:t>07/14/2025</x:t>
+          <x:t>06/06/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C131" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D131" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="E131" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>15.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I131" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J131" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>38</x:t>
         </x:is>
       </x:c>
       <x:c r="L131" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M131" t="inlineStr">
         <x:is>
-          <x:t>37</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O131" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R131" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="inlineStr">
         <x:is>
           <x:t>251174225</x:t>
         </x:is>
       </x:c>
       <x:c r="B132" t="inlineStr">
         <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C132" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D132" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E132" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I132" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L132" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M132" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N132" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P132" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q132" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R132" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="133">
+      <x:c r="A133" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B133" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C133" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D133" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E133" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F133" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G133" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H133" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K133" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N133" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P133" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q133" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R133" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="134">
+      <x:c r="A134" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B134" t="inlineStr">
+        <x:is>
+          <x:t>07/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C134" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D134" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E134" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F134" t="inlineStr">
+        <x:is>
+          <x:t>13.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G134" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H134" t="inlineStr">
+        <x:is>
+          <x:t>4.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K134" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N134" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P134" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q134" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R134" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="135">
+      <x:c r="A135" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B135" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C135" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D135" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E135" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I135" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L135" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M135" t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N135" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P135" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q135" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R135" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="136">
+      <x:c r="A136" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B136" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C136" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D136" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E136" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F136" t="inlineStr">
+        <x:is>
+          <x:t>19.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G136" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H136" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K136" t="inlineStr">
+        <x:is>
+          <x:t>34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N136" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P136" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q136" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R136" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B137" t="inlineStr">
+        <x:is>
+          <x:t>08/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C137" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D137" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E137" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F137" t="inlineStr">
+        <x:is>
+          <x:t>18.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G137" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H137" t="inlineStr">
+        <x:is>
+          <x:t>5.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K137" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N137" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P137" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q137" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R137" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B138" t="inlineStr">
+        <x:is>
+          <x:t>08/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C138" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D138" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E138" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F138" t="inlineStr">
+        <x:is>
+          <x:t>12.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G138" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H138" t="inlineStr">
+        <x:is>
+          <x:t>3.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K138" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N138" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P138" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q138" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R138" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
           <x:t>08/31/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C132" t="inlineStr">
+      <x:c r="C140" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D132" t="inlineStr">
+      <x:c r="D140" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
-      <x:c r="E132" t="inlineStr">
+      <x:c r="E140" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F132" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I132" t="inlineStr">
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J132" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L132" t="inlineStr">
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L140" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M132" t="inlineStr">
+      <x:c r="M140" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
-      <x:c r="N132" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N140" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P140" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q140" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R140" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t>15.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t>4.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K141" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N141" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P141" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q141" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R141" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B142" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C142" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D142" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E142" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F142" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G142" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H142" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K142" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N142" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P142" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q142" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R142" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="inlineStr">
+        <x:is>
+          <x:t>251174225</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B143" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C143" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D143" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E143" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F143" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G143" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H143" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K143" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N143" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P143" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q143" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R143" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>