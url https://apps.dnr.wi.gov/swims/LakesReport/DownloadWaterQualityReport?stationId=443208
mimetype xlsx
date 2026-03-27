--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c23fff59c54e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33579e1ef6c54e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcda41b5afbb34f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc52f19e9d2a74c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcda41b5afbb34f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc52f19e9d2a74c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>