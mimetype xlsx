--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47d48556694144e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80ebf187d2d4233" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcc79a8219d9c4c65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra7af9f5ce3b848df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc79a8219d9c4c65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7af9f5ce3b848df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -16287,28 +16287,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O177" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P177" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q177" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R177" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="178">
+      <x:c r="A178" t="inlineStr">
+        <x:is>
+          <x:t>195511473</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B178" t="inlineStr">
+        <x:is>
+          <x:t>10/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C178" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D178" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E178" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G178" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N178" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P178" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q178" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R178" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>