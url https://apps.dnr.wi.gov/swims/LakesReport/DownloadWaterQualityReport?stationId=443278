--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80ebf187d2d4233" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480f071562144a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra7af9f5ce3b848df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd408a234f6d54adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7af9f5ce3b848df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd408a234f6d54adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15303,86 +15303,86 @@
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B167" t="inlineStr">
         <x:is>
           <x:t>05/14/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C167" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D167" t="inlineStr">
         <x:is>
           <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="E167" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F167" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.7</x:t>
         </x:is>
       </x:c>
       <x:c r="G167" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H167" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="I167" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="J167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K167" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L167" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M167" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="N167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R167" t="inlineStr">
         <x:is>
           <x:t/>
@@ -15646,250 +15646,250 @@
       </x:c>
       <x:c r="O170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P170" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q170" t="inlineStr">
         <x:is>
           <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R170" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" t="inlineStr">
         <x:is>
-          <x:t>195511473</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B171" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C171" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D171" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="E171" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G171" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="I171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="N171" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P171" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q171" t="inlineStr">
         <x:is>
-          <x:t>YELLOW</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R171" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" t="inlineStr">
         <x:is>
           <x:t>195511473</x:t>
         </x:is>
       </x:c>
       <x:c r="B172" t="inlineStr">
         <x:is>
-          <x:t>06/29/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C172" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D172" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E172" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F172" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G172" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H172" t="inlineStr">
         <x:is>
-          <x:t>2.4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K172" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N172" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P172" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q172" t="inlineStr">
         <x:is>
           <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R172" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" t="inlineStr">
         <x:is>
           <x:t>195511473</x:t>
         </x:is>
       </x:c>
       <x:c r="B173" t="inlineStr">
         <x:is>
-          <x:t>07/05/2025</x:t>
+          <x:t>06/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C173" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D173" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E173" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F173" t="inlineStr">
         <x:is>
           <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="G173" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H173" t="inlineStr">
         <x:is>
           <x:t>2.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I173" t="inlineStr">
         <x:is>
           <x:t/>
@@ -15922,485 +15922,669 @@
       </x:c>
       <x:c r="O173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P173" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q173" t="inlineStr">
         <x:is>
           <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R173" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>195511473</x:t>
         </x:is>
       </x:c>
       <x:c r="B174" t="inlineStr">
         <x:is>
-          <x:t>07/22/2025</x:t>
+          <x:t>07/05/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C174" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D174" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="E174" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F174" t="inlineStr">
         <x:is>
-          <x:t>6.4</x:t>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="G174" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H174" t="inlineStr">
         <x:is>
-          <x:t>1.9</x:t>
+          <x:t>2.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I174" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J174" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K174" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="L174" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M174" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N174" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O174" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P174" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q174" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R174" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" t="inlineStr">
         <x:is>
-          <x:t>16073539</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B175" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>07/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C175" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D175" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="E175" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F175" t="inlineStr">
         <x:is>
-          <x:t>4.4</x:t>
+          <x:t>6.4</x:t>
         </x:is>
       </x:c>
       <x:c r="G175" t="inlineStr">
         <x:is>
           <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H175" t="inlineStr">
         <x:is>
-          <x:t>1.3</x:t>
+          <x:t>1.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I175" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="J175" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K175" t="inlineStr">
         <x:is>
-          <x:t>56</x:t>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L175" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="M175" t="inlineStr">
         <x:is>
-          <x:t>55</x:t>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="N175" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O175" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P175" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q175" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R175" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" t="inlineStr">
         <x:is>
-          <x:t>195511473</x:t>
+          <x:t>16073539</x:t>
         </x:is>
       </x:c>
       <x:c r="B176" t="inlineStr">
         <x:is>
-          <x:t>08/31/2025</x:t>
+          <x:t>08/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C176" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D176" t="inlineStr">
         <x:is>
-          <x:t>31</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E176" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F176" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>4.4</x:t>
         </x:is>
       </x:c>
       <x:c r="G176" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H176" t="inlineStr">
         <x:is>
-          <x:t>1.8</x:t>
+          <x:t>1.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I176" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="J176" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K176" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t>56</x:t>
         </x:is>
       </x:c>
       <x:c r="L176" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="M176" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>55</x:t>
         </x:is>
       </x:c>
       <x:c r="N176" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O176" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P176" t="inlineStr">
         <x:is>
-          <x:t>MURKY</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q176" t="inlineStr">
         <x:is>
-          <x:t>YELLOW</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R176" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>195511473</x:t>
         </x:is>
       </x:c>
       <x:c r="B177" t="inlineStr">
         <x:is>
-          <x:t>09/15/2025</x:t>
+          <x:t>08/31/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C177" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D177" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="E177" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F177" t="inlineStr">
         <x:is>
-          <x:t>3.6</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G177" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H177" t="inlineStr">
         <x:is>
-          <x:t>1.1</x:t>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I177" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J177" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K177" t="inlineStr">
         <x:is>
-          <x:t>59</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L177" t="inlineStr">
         <x:is>
-          <x:t>55</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M177" t="inlineStr">
         <x:is>
-          <x:t>56</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N177" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O177" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P177" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q177" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R177" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B178" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C178" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D178" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E178" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F178" t="inlineStr">
+        <x:is>
+          <x:t>3.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G178" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H178" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I178" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K178" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L178" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M178" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c r="A179" t="inlineStr">
+        <x:is>
           <x:t>195511473</x:t>
         </x:is>
       </x:c>
-      <x:c r="B178" t="inlineStr">
+      <x:c r="B179" t="inlineStr">
         <x:is>
           <x:t>10/11/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C178" t="inlineStr">
+      <x:c r="C179" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="D178" t="inlineStr">
+      <x:c r="D179" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="E178" t="inlineStr">
+      <x:c r="E179" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F178" t="inlineStr">
-[...39 lines deleted...]
-      <x:c r="N178" t="inlineStr">
+      <x:c r="F179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G179" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N179" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O178" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P178" t="inlineStr">
+      <x:c r="O179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P179" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q178" t="inlineStr">
+      <x:c r="Q179" t="inlineStr">
         <x:is>
           <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
-      <x:c r="R178" t="inlineStr">
+      <x:c r="R179" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="180">
+      <x:c r="A180" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B180" t="inlineStr">
+        <x:is>
+          <x:t>11/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C180" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D180" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E180" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F180" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G180" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H180" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I180" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K180" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L180" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M180" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R180" t="inlineStr">
+        <x:is>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>