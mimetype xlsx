--- v2 (2026-01-11)
+++ v3 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480f071562144a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a0293363c44e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd408a234f6d54adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R59367823f1664d2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd408a234f6d54adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59367823f1664d2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>