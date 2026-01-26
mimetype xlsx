--- v0 (2025-10-19)
+++ v1 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70b4de12f9a14493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239de4ed288348ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raeaf1139f7654f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R335dd6d5f2694dca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raeaf1139f7654f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R335dd6d5f2694dca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -9666,209 +9666,485 @@
       </x:c>
       <x:c r="O105" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P105" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q105" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R105" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8188685</x:t>
         </x:is>
       </x:c>
       <x:c r="B106" t="inlineStr">
         <x:is>
-          <x:t>07/20/2025</x:t>
+          <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C106" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D106" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="E106" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I106" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J106" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>55</x:t>
         </x:is>
       </x:c>
       <x:c r="L106" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M106" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O106" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R106" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B107" t="inlineStr">
         <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C107" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D107" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E107" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I107" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L107" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M107" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="108">
+      <x:c r="A108" t="inlineStr">
+        <x:is>
+          <x:t>8188685</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B108" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C108" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D108" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E108" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F108" t="inlineStr">
+        <x:is>
+          <x:t>4.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G108" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H108" t="inlineStr">
+        <x:is>
+          <x:t>1.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K108" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N108" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P108" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q108" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R108" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="109">
+      <x:c r="A109" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B109" t="inlineStr">
+        <x:is>
           <x:t>08/31/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C107" t="inlineStr">
+      <x:c r="C109" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D107" t="inlineStr">
+      <x:c r="D109" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
-      <x:c r="E107" t="inlineStr">
+      <x:c r="E109" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F107" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I107" t="inlineStr">
+      <x:c r="F109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I109" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J107" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L107" t="inlineStr">
+      <x:c r="J109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L109" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="M107" t="inlineStr">
+      <x:c r="M109" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
-      <x:c r="N107" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="110">
+      <x:c r="A110" t="inlineStr">
+        <x:is>
+          <x:t>8188685</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B110" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C110" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D110" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E110" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F110" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G110" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H110" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K110" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N110" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P110" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q110" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R110" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>