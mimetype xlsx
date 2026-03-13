--- v1 (2026-01-26)
+++ v2 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239de4ed288348ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29fa2f68e0834eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R335dd6d5f2694dca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R61868369a0084c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R335dd6d5f2694dca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61868369a0084c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>