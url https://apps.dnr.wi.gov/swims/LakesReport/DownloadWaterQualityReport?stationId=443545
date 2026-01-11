--- v0 (2025-10-27)
+++ v1 (2026-01-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffeff6f580ec4b2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6100970ec440aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R58c9890432cd4b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9255eb53c6f44050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58c9890432cd4b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9255eb53c6f44050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -1935,28 +1935,120 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P21" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q21" t="inlineStr">
         <x:is>
           <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R21" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="inlineStr">
+        <x:is>
+          <x:t>364036530</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N22" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O22" t="inlineStr">
+        <x:is>
+          <x:t>1.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P22" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q22" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R22" t="inlineStr">
+        <x:is>
+          <x:t>5-Enjoyment substantially impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>