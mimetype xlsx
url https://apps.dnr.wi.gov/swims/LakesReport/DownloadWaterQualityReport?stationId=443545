--- v1 (2026-01-11)
+++ v2 (2026-03-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6100970ec440aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf8bfaa9562d42ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9255eb53c6f44050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R664a5213d33a4f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9255eb53c6f44050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R664a5213d33a4f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>