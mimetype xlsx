--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf02d4884c5848b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89694000ab07402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd905da8391b241c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfd70b4a79cc143d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd905da8391b241c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd70b4a79cc143d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>