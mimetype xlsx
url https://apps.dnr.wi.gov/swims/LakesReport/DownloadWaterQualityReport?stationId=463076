--- v1 (2025-11-26)
+++ v2 (2026-01-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89694000ab07402b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326e27f638b841a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfd70b4a79cc143d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ef76d708576438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd70b4a79cc143d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ef76d708576438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -371,28 +371,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="inlineStr">
+        <x:is>
+          <x:t>114453246</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>08/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K5" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N5" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P5" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q5" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R5" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>