--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326e27f638b841a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6589ad5947454e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ef76d708576438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0e412ff709de40b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ef76d708576438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e412ff709de40b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>