--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14282aa47a7b4379" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32e53b4ae784883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf8859fb9ba864973"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R347f7911a4b14a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8859fb9ba864973" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R347f7911a4b14a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -29906,136 +29906,136 @@
       </x:c>
       <x:c r="O325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>147131833</x:t>
         </x:is>
       </x:c>
       <x:c r="B326" t="inlineStr">
         <x:is>
           <x:t>06/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C326" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D326" t="inlineStr">
         <x:is>
           <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E326" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="G326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I326" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="J326" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>34</x:t>
         </x:is>
       </x:c>
       <x:c r="L326" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="M326" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="N326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O326" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R326" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B327" t="inlineStr">
         <x:is>
           <x:t>07/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C327" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D327" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="E327" t="inlineStr">
@@ -30090,117 +30090,209 @@
       </x:c>
       <x:c r="O327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="inlineStr">
         <x:is>
+          <x:t>147131833</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B328" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C328" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D328" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E328" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F328" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G328" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H328" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K328" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N328" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P328" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q328" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R328" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B328" t="inlineStr">
+      <x:c r="B329" t="inlineStr">
         <x:is>
           <x:t>08/17/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C328" t="inlineStr">
+      <x:c r="C329" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D328" t="inlineStr">
+      <x:c r="D329" t="inlineStr">
         <x:is>
           <x:t>17</x:t>
         </x:is>
       </x:c>
-      <x:c r="E328" t="inlineStr">
+      <x:c r="E329" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F328" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I328" t="inlineStr">
+      <x:c r="F329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I329" t="inlineStr">
         <x:is>
           <x:t>8</x:t>
         </x:is>
       </x:c>
-      <x:c r="J328" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L328" t="inlineStr">
+      <x:c r="J329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L329" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="M328" t="inlineStr">
+      <x:c r="M329" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="N328" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R328" t="inlineStr">
+      <x:c r="N329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R329" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>