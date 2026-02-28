--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32e53b4ae784883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53438d24501340ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R347f7911a4b14a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1e75e5d583dc4256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R347f7911a4b14a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e75e5d583dc4256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>