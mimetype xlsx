--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba08b8f772049ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64ff16bf0487425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2a1d9bb27f0e4bd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbae46b31cdfe4a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a1d9bb27f0e4bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbae46b31cdfe4a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -12699,28 +12699,488 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O138" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P138" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q138" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R138" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>315911515</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>06/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t>13.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t>4.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K139" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N139" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P139" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q139" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R139" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>315911515</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
+          <x:t>07/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C140" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D140" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E140" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t>15.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t>4.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K140" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N140" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P140" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q140" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R140" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>315911515</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t>5.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K141" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N141" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P141" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q141" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R141" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="inlineStr">
+        <x:is>
+          <x:t>315911515</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B142" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C142" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D142" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E142" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F142" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G142" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H142" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K142" t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N142" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P142" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q142" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R142" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="inlineStr">
+        <x:is>
+          <x:t>315911515</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B143" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C143" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D143" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E143" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F143" t="inlineStr">
+        <x:is>
+          <x:t>17.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G143" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H143" t="inlineStr">
+        <x:is>
+          <x:t>5.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K143" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N143" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P143" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q143" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R143" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>