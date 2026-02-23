--- v1 (2025-12-24)
+++ v2 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64ff16bf0487425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a4f7a147084a6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbae46b31cdfe4a72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5f033e2b387b4ee6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbae46b31cdfe4a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f033e2b387b4ee6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>