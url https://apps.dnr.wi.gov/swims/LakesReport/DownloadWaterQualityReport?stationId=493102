--- v0 (2025-10-21)
+++ v1 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87bcf98a4c0041d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8eab19aa3b64854" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rae3570316b814316"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0aa102f4d0b648eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae3570316b814316" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0aa102f4d0b648eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -36530,209 +36530,577 @@
       </x:c>
       <x:c r="O397" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P397" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q397" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R397" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>314122611</x:t>
         </x:is>
       </x:c>
       <x:c r="B398" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/19/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C398" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D398" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="E398" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="G398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="I398" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J398" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L398" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M398" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O398" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R398" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B399" t="inlineStr">
         <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C399" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D399" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E399" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I399" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J399" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L399" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M399" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="400">
+      <x:c r="A400" t="inlineStr">
+        <x:is>
+          <x:t>314122611</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B400" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C400" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D400" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E400" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F400" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G400" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H400" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K400" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N400" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P400" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q400" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R400" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="401">
+      <x:c r="A401" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B401" t="inlineStr">
+        <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C399" t="inlineStr">
+      <x:c r="C401" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D399" t="inlineStr">
+      <x:c r="D401" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E399" t="inlineStr">
+      <x:c r="E401" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F399" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I399" t="inlineStr">
+      <x:c r="F401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I401" t="inlineStr">
         <x:is>
           <x:t>9</x:t>
         </x:is>
       </x:c>
-      <x:c r="J399" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L399" t="inlineStr">
+      <x:c r="J401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L401" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="M399" t="inlineStr">
+      <x:c r="M401" t="inlineStr">
         <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
-      <x:c r="N399" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="402">
+      <x:c r="A402" t="inlineStr">
+        <x:is>
+          <x:t>314122611</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B402" t="inlineStr">
+        <x:is>
+          <x:t>08/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C402" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D402" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E402" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F402" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G402" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H402" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K402" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N402" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P402" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q402" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R402" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="403">
+      <x:c r="A403" t="inlineStr">
+        <x:is>
+          <x:t>314122611</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B403" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C403" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D403" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E403" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F403" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G403" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H403" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K403" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N403" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P403" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q403" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R403" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>