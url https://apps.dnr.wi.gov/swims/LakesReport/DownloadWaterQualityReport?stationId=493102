--- v1 (2026-01-08)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8eab19aa3b64854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6d7748582342cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0aa102f4d0b648eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R57057f1a871c4828"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0aa102f4d0b648eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57057f1a871c4828" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>