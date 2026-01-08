--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e44689bccb14a84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea520c04828a42c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R40400ec53b1d4012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbe821ccaf8f14e94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40400ec53b1d4012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe821ccaf8f14e94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -31286,117 +31286,209 @@
       </x:c>
       <x:c r="O340" t="inlineStr">
         <x:is>
           <x:t>3.82</x:t>
         </x:is>
       </x:c>
       <x:c r="P340" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q340" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R340" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B341" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C341" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D341" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E341" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I341" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J341" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L341" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M341" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="inlineStr">
+        <x:is>
           <x:t>169672890</x:t>
         </x:is>
       </x:c>
-      <x:c r="B341" t="inlineStr">
+      <x:c r="B342" t="inlineStr">
         <x:is>
           <x:t>09/23/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C341" t="inlineStr">
+      <x:c r="C342" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D341" t="inlineStr">
+      <x:c r="D342" t="inlineStr">
         <x:is>
           <x:t>23</x:t>
         </x:is>
       </x:c>
-      <x:c r="E341" t="inlineStr">
+      <x:c r="E342" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F341" t="inlineStr">
+      <x:c r="F342" t="inlineStr">
         <x:is>
           <x:t>7.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G341" t="inlineStr">
+      <x:c r="G342" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H341" t="inlineStr">
+      <x:c r="H342" t="inlineStr">
         <x:is>
           <x:t>2.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="I341" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K341" t="inlineStr">
+      <x:c r="I342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K342" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
-      <x:c r="L341" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N341" t="inlineStr">
+      <x:c r="L342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N342" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O341" t="inlineStr">
+      <x:c r="O342" t="inlineStr">
         <x:is>
           <x:t>3.94</x:t>
         </x:is>
       </x:c>
-      <x:c r="P341" t="inlineStr">
+      <x:c r="P342" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q341" t="inlineStr">
+      <x:c r="Q342" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R341" t="inlineStr">
+      <x:c r="R342" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>