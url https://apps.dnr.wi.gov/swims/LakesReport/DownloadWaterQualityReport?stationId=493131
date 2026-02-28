--- v1 (2026-01-08)
+++ v2 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea520c04828a42c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fcd26d868be4993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbe821ccaf8f14e94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R168ad8b3551946b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe821ccaf8f14e94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R168ad8b3551946b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>