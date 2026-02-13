--- v0 (2025-11-01)
+++ v1 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f5a6df0a874aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350394590c32427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5c5ab1b4b1934365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3bbbdb9dab0c493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c5ab1b4b1934365" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bbbdb9dab0c493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>