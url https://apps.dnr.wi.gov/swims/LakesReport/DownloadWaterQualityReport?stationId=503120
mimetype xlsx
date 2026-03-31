--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350394590c32427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204f143857b644d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3bbbdb9dab0c493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R82fb07ba207b401d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bbbdb9dab0c493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82fb07ba207b401d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -5155,28 +5155,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O56" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P56" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q56" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R56" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="57">
+      <x:c r="A57" t="inlineStr">
+        <x:is>
+          <x:t>356092862</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B57" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C57" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D57" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E57" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F57" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G57" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H57" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K57" t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>