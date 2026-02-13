--- v0 (2025-10-22)
+++ v1 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59fb7bc8cb242d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53de80f94a8e4780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb09f1af772ae4391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd17213c788d44dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb09f1af772ae4391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd17213c788d44dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>