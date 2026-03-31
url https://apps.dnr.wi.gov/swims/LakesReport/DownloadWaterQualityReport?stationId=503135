--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53de80f94a8e4780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033fe9f127c94914" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd17213c788d44dd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rde85c012ed234f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd17213c788d44dd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde85c012ed234f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -21071,28 +21071,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O229" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P229" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q229" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R229" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="230">
+      <x:c r="A230" t="inlineStr">
+        <x:is>
+          <x:t>356092862</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B230" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C230" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D230" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E230" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F230" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G230" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H230" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K230" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>