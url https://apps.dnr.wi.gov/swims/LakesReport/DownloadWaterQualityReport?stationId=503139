--- v0 (2025-10-15)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929172df350d4353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dad83dfd037469a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6ec778244d254cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9a58f163aba74098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ec778244d254cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a58f163aba74098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>