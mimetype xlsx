--- v1 (2025-12-03)
+++ v2 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dad83dfd037469a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625426da002d434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9a58f163aba74098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R866b41d6538b4925"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a58f163aba74098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R866b41d6538b4925" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -16839,28 +16839,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O183" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P183" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q183" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R183" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="184">
+      <x:c r="A184" t="inlineStr">
+        <x:is>
+          <x:t>356092862</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B184" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C184" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D184" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E184" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F184" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G184" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H184" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K184" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>