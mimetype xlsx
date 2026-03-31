--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625426da002d434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R136cb89e43f04c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R866b41d6538b4925"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbee7a1a4dcff48b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R866b41d6538b4925" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbee7a1a4dcff48b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -16931,28 +16931,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O184" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P184" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q184" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R184" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="185">
+      <x:c r="A185" t="inlineStr">
+        <x:is>
+          <x:t>356092862</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B185" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C185" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D185" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E185" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F185" t="inlineStr">
+        <x:is>
+          <x:t>4.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G185" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H185" t="inlineStr">
+        <x:is>
+          <x:t>1.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K185" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>