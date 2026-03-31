--- v3 (2026-03-31)
+++ v4 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R136cb89e43f04c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad58080a8294c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbee7a1a4dcff48b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R667e595f4c514531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbee7a1a4dcff48b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R667e595f4c514531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>