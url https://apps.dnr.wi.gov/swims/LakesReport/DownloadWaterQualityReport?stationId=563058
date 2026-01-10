--- v0 (2025-10-21)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cc09d9eb1d446fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d601c5e00914d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8aa92cac5884494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R09e1064097b24fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8aa92cac5884494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09e1064097b24fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -34506,577 +34506,1405 @@
       </x:c>
       <x:c r="O375" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P375" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q375" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R375" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="376">
       <x:c r="A376" t="inlineStr">
         <x:is>
-          <x:t>114455531</x:t>
+          <x:t>18138653</x:t>
         </x:is>
       </x:c>
       <x:c r="B376" t="inlineStr">
         <x:is>
-          <x:t>07/17/2025</x:t>
+          <x:t>06/04/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C376" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D376" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="E376" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F376" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>10.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G376" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H376" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>3.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I376" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J376" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K376" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L376" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M376" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N376" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O376" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P376" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q376" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R376" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="377">
       <x:c r="A377" t="inlineStr">
         <x:is>
-          <x:t>376364417</x:t>
+          <x:t>18138653</x:t>
         </x:is>
       </x:c>
       <x:c r="B377" t="inlineStr">
         <x:is>
-          <x:t>07/17/2025</x:t>
+          <x:t>06/30/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C377" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D377" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="E377" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F377" t="inlineStr">
         <x:is>
-          <x:t>9.75</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="G377" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H377" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I377" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J377" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K377" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L377" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M377" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N377" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O377" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P377" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q377" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R377" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" t="inlineStr">
         <x:is>
-          <x:t>114455531</x:t>
+          <x:t>18138653</x:t>
         </x:is>
       </x:c>
       <x:c r="B378" t="inlineStr">
         <x:is>
-          <x:t>08/20/2025</x:t>
+          <x:t>07/08/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C378" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D378" t="inlineStr">
+        <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D378" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E378" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F378" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="G378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H378" t="inlineStr">
         <x:is>
-          <x:t>3.3</x:t>
+          <x:t>3.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I378" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J378" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K378" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t>41</x:t>
         </x:is>
       </x:c>
       <x:c r="L378" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M378" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O378" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R378" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" t="inlineStr">
         <x:is>
-          <x:t>376364417</x:t>
+          <x:t>18138653</x:t>
         </x:is>
       </x:c>
       <x:c r="B379" t="inlineStr">
         <x:is>
-          <x:t>08/20/2025</x:t>
+          <x:t>07/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C379" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D379" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="E379" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F379" t="inlineStr">
         <x:is>
-          <x:t>10.75</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="G379" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H379" t="inlineStr">
         <x:is>
-          <x:t>3.3</x:t>
+          <x:t>2.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K379" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="L379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N379" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O379" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P379" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q379" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R379" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" t="inlineStr">
         <x:is>
           <x:t>114455531</x:t>
         </x:is>
       </x:c>
       <x:c r="B380" t="inlineStr">
         <x:is>
-          <x:t>09/08/2025</x:t>
+          <x:t>07/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C380" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D380" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="E380" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F380" t="inlineStr">
         <x:is>
-          <x:t>12.2</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="G380" t="inlineStr">
         <x:is>
           <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H380" t="inlineStr">
         <x:is>
-          <x:t>3.7</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="I380" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="J380" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K380" t="inlineStr">
         <x:is>
-          <x:t>41</x:t>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L380" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M380" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="N380" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O380" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P380" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q380" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R380" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="381">
       <x:c r="A381" t="inlineStr">
         <x:is>
+          <x:t>376364417</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B381" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C381" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D381" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E381" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F381" t="inlineStr">
+        <x:is>
+          <x:t>9.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G381" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H381" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K381" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="382">
+      <x:c r="A382" t="inlineStr">
+        <x:is>
+          <x:t>18138653</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B382" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C382" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D382" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E382" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F382" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G382" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H382" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K382" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N382" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P382" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q382" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R382" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="383">
+      <x:c r="A383" t="inlineStr">
+        <x:is>
+          <x:t>18138653</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B383" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C383" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D383" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E383" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F383" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G383" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H383" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K383" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N383" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P383" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q383" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R383" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c r="A384" t="inlineStr">
+        <x:is>
+          <x:t>18138653</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B384" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C384" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D384" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E384" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F384" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G384" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H384" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K384" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N384" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P384" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q384" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R384" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="385">
+      <x:c r="A385" t="inlineStr">
+        <x:is>
+          <x:t>18138653</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B385" t="inlineStr">
+        <x:is>
+          <x:t>08/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C385" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D385" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E385" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F385" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G385" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H385" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K385" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N385" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P385" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q385" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R385" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="386">
+      <x:c r="A386" t="inlineStr">
+        <x:is>
+          <x:t>114455531</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B386" t="inlineStr">
+        <x:is>
+          <x:t>08/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C386" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D386" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E386" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F386" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H386" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I386" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J386" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K386" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L386" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M386" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="387">
+      <x:c r="A387" t="inlineStr">
+        <x:is>
+          <x:t>376364417</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B387" t="inlineStr">
+        <x:is>
+          <x:t>08/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C387" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D387" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E387" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F387" t="inlineStr">
+        <x:is>
+          <x:t>10.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G387" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H387" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K387" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="388">
+      <x:c r="A388" t="inlineStr">
+        <x:is>
+          <x:t>18138653</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B388" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C388" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D388" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E388" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F388" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G388" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H388" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K388" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N388" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P388" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q388" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R388" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="389">
+      <x:c r="A389" t="inlineStr">
+        <x:is>
+          <x:t>114455531</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B389" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C389" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D389" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E389" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F389" t="inlineStr">
+        <x:is>
+          <x:t>12.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G389" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H389" t="inlineStr">
+        <x:is>
+          <x:t>3.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I389" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K389" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L389" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M389" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="390">
+      <x:c r="A390" t="inlineStr">
+        <x:is>
           <x:t>327238352</x:t>
         </x:is>
       </x:c>
-      <x:c r="B381" t="inlineStr">
+      <x:c r="B390" t="inlineStr">
         <x:is>
           <x:t>09/08/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C381" t="inlineStr">
+      <x:c r="C390" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D381" t="inlineStr">
+      <x:c r="D390" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="E381" t="inlineStr">
+      <x:c r="E390" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F381" t="inlineStr">
+      <x:c r="F390" t="inlineStr">
         <x:is>
           <x:t>12.25</x:t>
         </x:is>
       </x:c>
-      <x:c r="G381" t="inlineStr">
+      <x:c r="G390" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H381" t="inlineStr">
+      <x:c r="H390" t="inlineStr">
         <x:is>
           <x:t>3.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="I381" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K381" t="inlineStr">
+      <x:c r="I390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K390" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
-      <x:c r="L381" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N381" t="inlineStr">
+      <x:c r="L390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N390" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O381" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P381" t="inlineStr">
+      <x:c r="O390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P390" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q381" t="inlineStr">
+      <x:c r="Q390" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
-      <x:c r="R381" t="inlineStr">
+      <x:c r="R390" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>