--- v0 (2025-10-26)
+++ v1 (2026-01-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3d0affa4cd4caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890e329c4d6e413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra502ec2942d147e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R834363e5477940a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra502ec2942d147e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R834363e5477940a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -10859,28 +10859,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O118" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P118" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q118" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R118" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="119">
+      <x:c r="A119" t="inlineStr">
+        <x:is>
+          <x:t>272389322</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B119" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C119" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D119" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E119" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F119" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G119" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H119" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K119" t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N119" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P119" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q119" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R119" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>