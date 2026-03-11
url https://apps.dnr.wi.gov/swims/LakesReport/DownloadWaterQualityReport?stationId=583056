--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890e329c4d6e413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R938d8586212a44a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R834363e5477940a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re245f1f13d6743fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R834363e5477940a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re245f1f13d6743fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>