--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b88738b3b5408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038d932befa0475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R261b1bcc0db44180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5a508f913634335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R261b1bcc0db44180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5a508f913634335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -17851,28 +17851,764 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O194" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P194" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q194" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R194" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="195">
+      <x:c r="A195" t="inlineStr">
+        <x:is>
+          <x:t>358298481</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B195" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C195" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D195" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E195" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F195" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G195" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H195" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K195" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N195" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P195" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q195" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R195" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="196">
+      <x:c r="A196" t="inlineStr">
+        <x:is>
+          <x:t>358298481</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B196" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C196" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D196" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E196" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F196" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G196" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H196" t="inlineStr">
+        <x:is>
+          <x:t>3.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K196" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N196" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P196" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q196" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R196" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c r="A197" t="inlineStr">
+        <x:is>
+          <x:t>35018415</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B197" t="inlineStr">
+        <x:is>
+          <x:t>06/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C197" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D197" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E197" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F197" t="inlineStr">
+        <x:is>
+          <x:t>10.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G197" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H197" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K197" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N197" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P197" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q197" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c r="A198" t="inlineStr">
+        <x:is>
+          <x:t>358298481</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B198" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C198" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D198" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E198" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F198" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G198" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H198" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K198" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N198" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P198" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q198" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R198" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c r="A199" t="inlineStr">
+        <x:is>
+          <x:t>35018415</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B199" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C199" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D199" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E199" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F199" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G199" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H199" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K199" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N199" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P199" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q199" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R199" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c r="A200" t="inlineStr">
+        <x:is>
+          <x:t>358298481</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B200" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C200" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D200" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E200" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F200" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G200" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H200" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K200" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N200" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P200" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q200" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R200" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c r="A201" t="inlineStr">
+        <x:is>
+          <x:t>358298481</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B201" t="inlineStr">
+        <x:is>
+          <x:t>08/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C201" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D201" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E201" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F201" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G201" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H201" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K201" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N201" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P201" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q201" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R201" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>358298481</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K202" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N202" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P202" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q202" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R202" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>