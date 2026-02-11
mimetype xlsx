--- v1 (2025-12-25)
+++ v2 (2026-02-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038d932befa0475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0dcdb95bb234dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5a508f913634335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc02af74039884ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5a508f913634335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc02af74039884ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>