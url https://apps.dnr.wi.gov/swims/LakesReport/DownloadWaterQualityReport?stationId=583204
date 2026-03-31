--- v2 (2026-02-11)
+++ v3 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0dcdb95bb234dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88c4310313c4d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc02af74039884ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re911f00b6f2e4143"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc02af74039884ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re911f00b6f2e4143" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>