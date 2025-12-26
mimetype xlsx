--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3add15990bf441cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4de49eec5214b1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3db2a221aa3748cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6b358f876d4f468b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3db2a221aa3748cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b358f876d4f468b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>