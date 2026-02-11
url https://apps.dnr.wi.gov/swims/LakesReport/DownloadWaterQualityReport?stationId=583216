--- v1 (2025-12-26)
+++ v2 (2026-02-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4de49eec5214b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f4e948b85b41d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6b358f876d4f468b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8bb0a7f2dfb94cca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b358f876d4f468b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8bb0a7f2dfb94cca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>