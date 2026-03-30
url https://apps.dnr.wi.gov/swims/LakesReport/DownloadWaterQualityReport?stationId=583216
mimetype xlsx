--- v2 (2026-02-11)
+++ v3 (2026-03-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f4e948b85b41d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efc5b75e4284763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8bb0a7f2dfb94cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R872b9506eb1a4f74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8bb0a7f2dfb94cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R872b9506eb1a4f74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -1754,301 +1754,1129 @@
       </x:c>
       <x:c r="O19" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P19" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q19" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R19" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>391051460</x:t>
         </x:is>
       </x:c>
       <x:c r="B20" t="inlineStr">
         <x:is>
-          <x:t>06/12/2025</x:t>
+          <x:t>05/04/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C20" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D20" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="E20" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="G20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I20" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J20" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L20" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M20" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="P20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B21" t="inlineStr">
         <x:is>
-          <x:t>07/09/2025</x:t>
+          <x:t>06/12/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C21" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D21" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="E21" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I21" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L21" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="M21" t="inlineStr">
         <x:is>
-          <x:t>32</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
+          <x:t>392523761</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K22" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N22" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O22" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P22" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q22" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R22" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="inlineStr">
+        <x:is>
+          <x:t>392524028</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B23" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K23" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N23" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O23" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P23" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q23" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R23" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="inlineStr">
+        <x:is>
+          <x:t>392523761</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B24" t="inlineStr">
+        <x:is>
+          <x:t>07/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K24" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N24" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O24" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P24" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q24" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R24" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B22" t="inlineStr">
+      <x:c r="B25" t="inlineStr">
+        <x:is>
+          <x:t>07/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I25" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L25" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M25" t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="inlineStr">
+        <x:is>
+          <x:t>392524028</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B26" t="inlineStr">
+        <x:is>
+          <x:t>07/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E26" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K26" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N26" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O26" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P26" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q26" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R26" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
         <x:is>
           <x:t>08/03/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C22" t="inlineStr">
+      <x:c r="C27" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D22" t="inlineStr">
+      <x:c r="D27" t="inlineStr">
         <x:is>
           <x:t>03</x:t>
         </x:is>
       </x:c>
-      <x:c r="E22" t="inlineStr">
+      <x:c r="E27" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F22" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I22" t="inlineStr">
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I27" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="J22" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L22" t="inlineStr">
+      <x:c r="J27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L27" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M22" t="inlineStr">
+      <x:c r="M27" t="inlineStr">
         <x:is>
           <x:t>32</x:t>
         </x:is>
       </x:c>
-      <x:c r="N22" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="inlineStr">
+        <x:is>
+          <x:t>392523943</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B28" t="inlineStr">
+        <x:is>
+          <x:t>08/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E28" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F28" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G28" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H28" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K28" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N28" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O28" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P28" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q28" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R28" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" t="inlineStr">
+        <x:is>
+          <x:t>391051460</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B29" t="inlineStr">
+        <x:is>
+          <x:t>08/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C29" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E29" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F29" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G29" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H29" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K29" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N29" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O29" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P29" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q29" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R29" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" t="inlineStr">
+        <x:is>
+          <x:t>392523943</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B30" t="inlineStr">
+        <x:is>
+          <x:t>08/16/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C30" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E30" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F30" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G30" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H30" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K30" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N30" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O30" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P30" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q30" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R30" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="31">
+      <x:c r="A31" t="inlineStr">
+        <x:is>
+          <x:t>391051460</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B31" t="inlineStr">
+        <x:is>
+          <x:t>09/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C31" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D31" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E31" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F31" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G31" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H31" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K31" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N31" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O31" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P31" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q31" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R31" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>