--- v0 (2025-10-19)
+++ v1 (2026-01-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R401a45b45f1f4e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4f8b80214945eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rabeb409de1bc444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2bee2ff973494b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rabeb409de1bc444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2bee2ff973494b10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -43798,301 +43798,669 @@
       </x:c>
       <x:c r="O476" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P476" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q476" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R476" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="477">
       <x:c r="A477" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>359956641</x:t>
         </x:is>
       </x:c>
       <x:c r="B477" t="inlineStr">
         <x:is>
-          <x:t>06/26/2025</x:t>
+          <x:t>05/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C477" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D477" t="inlineStr">
         <x:is>
-          <x:t>26</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E477" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="G477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I477" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J477" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="L477" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M477" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O477" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R477" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="478">
       <x:c r="A478" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B478" t="inlineStr">
         <x:is>
-          <x:t>07/17/2025</x:t>
+          <x:t>06/26/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C478" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D478" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>26</x:t>
         </x:is>
       </x:c>
       <x:c r="E478" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I478" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="J478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L478" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M478" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="N478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R478" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" t="inlineStr">
         <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B479" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C479" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D479" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E479" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F479" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G479" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H479" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K479" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N479" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P479" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q479" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R479" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="480">
+      <x:c r="A480" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B479" t="inlineStr">
+      <x:c r="B480" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C480" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D480" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E480" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I480" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L480" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M480" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="481">
+      <x:c r="A481" t="inlineStr">
+        <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B481" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C481" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D481" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E481" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F481" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G481" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H481" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K481" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N481" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P481" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q481" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R481" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="482">
+      <x:c r="A482" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B482" t="inlineStr">
         <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C479" t="inlineStr">
+      <x:c r="C482" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D479" t="inlineStr">
+      <x:c r="D482" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E479" t="inlineStr">
+      <x:c r="E482" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F479" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I479" t="inlineStr">
+      <x:c r="F482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I482" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="J479" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L479" t="inlineStr">
+      <x:c r="J482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L482" t="inlineStr">
         <x:is>
           <x:t>53</x:t>
         </x:is>
       </x:c>
-      <x:c r="M479" t="inlineStr">
+      <x:c r="M482" t="inlineStr">
         <x:is>
           <x:t>53</x:t>
         </x:is>
       </x:c>
-      <x:c r="N479" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="483">
+      <x:c r="A483" t="inlineStr">
+        <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B483" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C483" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D483" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E483" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F483" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G483" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H483" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K483" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N483" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P483" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q483" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R483" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>