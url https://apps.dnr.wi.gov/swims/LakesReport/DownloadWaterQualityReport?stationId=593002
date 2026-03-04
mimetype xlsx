--- v1 (2026-01-16)
+++ v2 (2026-03-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4f8b80214945eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d3ff1b969f4219" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2bee2ff973494b10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R906a264f043f44a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2bee2ff973494b10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R906a264f043f44a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>