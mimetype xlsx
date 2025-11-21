--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32cecef7d1fa4670" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf326168519ba4eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0249c64c0499484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rddb8e4af5d414b52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0249c64c0499484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rddb8e4af5d414b52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -14985,61 +14985,61 @@
           <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="L163" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="M163" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N163" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O163" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P163" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q163" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R163" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" t="inlineStr">
         <x:is>
           <x:t>8189770</x:t>
         </x:is>
       </x:c>
       <x:c r="B164" t="inlineStr">
         <x:is>
           <x:t>05/21/2015</x:t>
         </x:is>
       </x:c>
       <x:c r="C164" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D164" t="inlineStr">
         <x:is>
           <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E164" t="inlineStr">
@@ -28290,77 +28290,169 @@
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="E308" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F308" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G308" t="inlineStr">
         <x:is>
           <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H308" t="inlineStr">
         <x:is>
           <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I308" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K308" t="inlineStr">
         <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L308" t="inlineStr">
+        <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="L308" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="M308" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="N308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R308" t="inlineStr">
         <x:is>
           <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="309">
+      <x:c r="A309" t="inlineStr">
+        <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B309" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C309" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D309" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E309" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F309" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G309" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H309" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K309" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N309" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P309" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q309" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R309" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>