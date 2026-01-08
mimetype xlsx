--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf326168519ba4eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb765612ddab4150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rddb8e4af5d414b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0b847bf2fa8a4c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rddb8e4af5d414b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0b847bf2fa8a4c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -28342,117 +28342,209 @@
       </x:c>
       <x:c r="O308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R308" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" t="inlineStr">
         <x:is>
+          <x:t>388317727</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B309" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C309" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D309" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E309" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F309" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G309" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H309" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K309" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N309" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q309" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R309" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="310">
+      <x:c r="A310" t="inlineStr">
+        <x:is>
           <x:t>359956641</x:t>
         </x:is>
       </x:c>
-      <x:c r="B309" t="inlineStr">
+      <x:c r="B310" t="inlineStr">
         <x:is>
           <x:t>09/17/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C309" t="inlineStr">
+      <x:c r="C310" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D309" t="inlineStr">
+      <x:c r="D310" t="inlineStr">
         <x:is>
           <x:t>17</x:t>
         </x:is>
       </x:c>
-      <x:c r="E309" t="inlineStr">
+      <x:c r="E310" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F309" t="inlineStr">
+      <x:c r="F310" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="G309" t="inlineStr">
+      <x:c r="G310" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H309" t="inlineStr">
+      <x:c r="H310" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="I309" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K309" t="inlineStr">
+      <x:c r="I310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K310" t="inlineStr">
         <x:is>
           <x:t>44</x:t>
         </x:is>
       </x:c>
-      <x:c r="L309" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N309" t="inlineStr">
+      <x:c r="L310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N310" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O309" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P309" t="inlineStr">
+      <x:c r="O310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P310" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q309" t="inlineStr">
+      <x:c r="Q310" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R309" t="inlineStr">
+      <x:c r="R310" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>