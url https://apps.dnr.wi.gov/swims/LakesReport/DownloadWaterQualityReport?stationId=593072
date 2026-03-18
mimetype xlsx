--- v2 (2026-01-08)
+++ v3 (2026-03-18)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb765612ddab4150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a1b9ee46b54270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0b847bf2fa8a4c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re27420436349436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0b847bf2fa8a4c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re27420436349436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>