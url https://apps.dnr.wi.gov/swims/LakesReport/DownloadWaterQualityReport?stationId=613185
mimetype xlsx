--- v0 (2025-10-28)
+++ v1 (2026-01-07)
@@ -1,3434 +1,3434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fb290bfce84602" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d31a9f78d341a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c96f957fb034f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf5e93e4a0dec448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c96f957fb034f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5e93e4a0dec448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Tp</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Sd</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Tp</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Tsi Chl</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Lake Level</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Staff Gauge</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Appearance</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Color</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
+          <x:t>Perception</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1" t="inlineStr">
+        <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="K1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="L1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="M1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="N1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="O1" t="inlineStr">
         <x:is>
           <x:t>Secchi</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="P1" t="inlineStr">
         <x:is>
           <x:t>Secchi Hit Bottom</x:t>
         </x:is>
       </x:c>
-      <x:c r="H1" t="inlineStr">
+      <x:c r="Q1" t="inlineStr">
         <x:is>
           <x:t>Secchi Meters</x:t>
         </x:is>
       </x:c>
-      <x:c r="I1" t="inlineStr">
+      <x:c r="R1" t="inlineStr">
         <x:is>
           <x:t>Chl</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t>Perception</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I2" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J2" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K2" t="inlineStr">
+        <x:is>
           <x:t>07/20/1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
+      <x:c r="L2" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="D2" t="inlineStr">
+      <x:c r="M2" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
-      <x:c r="E2" t="inlineStr">
+      <x:c r="N2" t="inlineStr">
         <x:is>
           <x:t>1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="F2" t="inlineStr">
+      <x:c r="O2" t="inlineStr">
         <x:is>
           <x:t>2.75</x:t>
         </x:is>
       </x:c>
-      <x:c r="G2" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H2" t="inlineStr">
+      <x:c r="P2" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q2" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I2" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R2" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" t="inlineStr">
         <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H3" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I3" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J3" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K3" t="inlineStr">
+        <x:is>
           <x:t>08/17/1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
+      <x:c r="L3" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D3" t="inlineStr">
+      <x:c r="M3" t="inlineStr">
         <x:is>
           <x:t>17</x:t>
         </x:is>
       </x:c>
-      <x:c r="E3" t="inlineStr">
+      <x:c r="N3" t="inlineStr">
         <x:is>
           <x:t>1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="F3" t="inlineStr">
+      <x:c r="O3" t="inlineStr">
         <x:is>
           <x:t>1.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G3" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H3" t="inlineStr">
+      <x:c r="P3" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q3" t="inlineStr">
         <x:is>
           <x:t>0.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="I3" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R3" t="inlineStr">
         <x:is>
-          <x:t>4-Would not swim but boating OK (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B4" t="inlineStr">
         <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I4" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J4" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K4" t="inlineStr">
+        <x:is>
           <x:t>08/21/1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
+      <x:c r="L4" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D4" t="inlineStr">
+      <x:c r="M4" t="inlineStr">
         <x:is>
           <x:t>21</x:t>
         </x:is>
       </x:c>
-      <x:c r="E4" t="inlineStr">
+      <x:c r="N4" t="inlineStr">
         <x:is>
           <x:t>1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="F4" t="inlineStr">
+      <x:c r="O4" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="G4" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H4" t="inlineStr">
+      <x:c r="P4" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q4" t="inlineStr">
         <x:is>
           <x:t>0.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="I4" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R4" t="inlineStr">
         <x:is>
-          <x:t>4-Would not swim but boating OK (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B5" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I5" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J5" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K5" t="inlineStr">
+        <x:is>
           <x:t>09/30/1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
+      <x:c r="L5" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D5" t="inlineStr">
+      <x:c r="M5" t="inlineStr">
         <x:is>
           <x:t>30</x:t>
         </x:is>
       </x:c>
-      <x:c r="E5" t="inlineStr">
+      <x:c r="N5" t="inlineStr">
         <x:is>
           <x:t>1989</x:t>
         </x:is>
       </x:c>
-      <x:c r="F5" t="inlineStr">
+      <x:c r="O5" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="G5" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H5" t="inlineStr">
+      <x:c r="P5" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q5" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="I5" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R5" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B6" t="inlineStr">
         <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H6" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I6" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J6" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K6" t="inlineStr">
+        <x:is>
           <x:t>05/13/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
+      <x:c r="L6" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="D6" t="inlineStr">
+      <x:c r="M6" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
-      <x:c r="E6" t="inlineStr">
+      <x:c r="N6" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F6" t="inlineStr">
+      <x:c r="O6" t="inlineStr">
         <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G6" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H6" t="inlineStr">
+      <x:c r="P6" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q6" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I6" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R6" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B7" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>5" ABOVE NORM.</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H7" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I7" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J7" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K7" t="inlineStr">
+        <x:is>
           <x:t>05/27/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
+      <x:c r="L7" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="D7" t="inlineStr">
+      <x:c r="M7" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="E7" t="inlineStr">
+      <x:c r="N7" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F7" t="inlineStr">
+      <x:c r="O7" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="G7" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H7" t="inlineStr">
+      <x:c r="P7" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q7" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="I7" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R7" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B8" t="inlineStr">
         <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>16" ABOVE NORM.</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H8" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I8" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J8" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K8" t="inlineStr">
+        <x:is>
           <x:t>06/14/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C8" t="inlineStr">
+      <x:c r="L8" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D8" t="inlineStr">
+      <x:c r="M8" t="inlineStr">
         <x:is>
           <x:t>14</x:t>
         </x:is>
       </x:c>
-      <x:c r="E8" t="inlineStr">
+      <x:c r="N8" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F8" t="inlineStr">
+      <x:c r="O8" t="inlineStr">
         <x:is>
           <x:t>2.75</x:t>
         </x:is>
       </x:c>
-      <x:c r="G8" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H8" t="inlineStr">
+      <x:c r="P8" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q8" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I8" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R8" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B9" t="inlineStr">
         <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H9" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I9" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J9" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K9" t="inlineStr">
+        <x:is>
           <x:t>07/03/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C9" t="inlineStr">
+      <x:c r="L9" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="D9" t="inlineStr">
+      <x:c r="M9" t="inlineStr">
         <x:is>
           <x:t>03</x:t>
         </x:is>
       </x:c>
-      <x:c r="E9" t="inlineStr">
+      <x:c r="N9" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F9" t="inlineStr">
+      <x:c r="O9" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="G9" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H9" t="inlineStr">
+      <x:c r="P9" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q9" t="inlineStr">
         <x:is>
           <x:t>0.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="I9" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R9" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H10" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I10" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J10" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K10" t="inlineStr">
+        <x:is>
           <x:t>07/18/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
+      <x:c r="L10" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="D10" t="inlineStr">
+      <x:c r="M10" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="E10" t="inlineStr">
+      <x:c r="N10" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F10" t="inlineStr">
+      <x:c r="O10" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="G10" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H10" t="inlineStr">
+      <x:c r="P10" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q10" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="I10" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R10" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I11" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J11" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K11" t="inlineStr">
+        <x:is>
           <x:t>08/06/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
+      <x:c r="L11" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D11" t="inlineStr">
+      <x:c r="M11" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="E11" t="inlineStr">
+      <x:c r="N11" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F11" t="inlineStr">
+      <x:c r="O11" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="G11" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H11" t="inlineStr">
+      <x:c r="P11" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q11" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="I11" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R11" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B12" t="inlineStr">
         <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E12" t="inlineStr">
+        <x:is>
+          <x:t>11.5" HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H12" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I12" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J12" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K12" t="inlineStr">
+        <x:is>
           <x:t>08/25/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C12" t="inlineStr">
+      <x:c r="L12" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D12" t="inlineStr">
+      <x:c r="M12" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E12" t="inlineStr">
+      <x:c r="N12" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F12" t="inlineStr">
+      <x:c r="O12" t="inlineStr">
         <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G12" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H12" t="inlineStr">
+      <x:c r="P12" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q12" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I12" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R12" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B13" t="inlineStr">
         <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E13" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H13" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I13" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J13" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K13" t="inlineStr">
+        <x:is>
           <x:t>09/09/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C13" t="inlineStr">
+      <x:c r="L13" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D13" t="inlineStr">
+      <x:c r="M13" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="E13" t="inlineStr">
+      <x:c r="N13" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F13" t="inlineStr">
+      <x:c r="O13" t="inlineStr">
         <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G13" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H13" t="inlineStr">
+      <x:c r="P13" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q13" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I13" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R13" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B14" t="inlineStr">
         <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H14" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I14" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J14" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K14" t="inlineStr">
+        <x:is>
           <x:t>09/30/1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="C14" t="inlineStr">
+      <x:c r="L14" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D14" t="inlineStr">
+      <x:c r="M14" t="inlineStr">
         <x:is>
           <x:t>30</x:t>
         </x:is>
       </x:c>
-      <x:c r="E14" t="inlineStr">
+      <x:c r="N14" t="inlineStr">
         <x:is>
           <x:t>1990</x:t>
         </x:is>
       </x:c>
-      <x:c r="F14" t="inlineStr">
+      <x:c r="O14" t="inlineStr">
         <x:is>
           <x:t>2.25</x:t>
         </x:is>
       </x:c>
-      <x:c r="G14" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H14" t="inlineStr">
+      <x:c r="P14" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q14" t="inlineStr">
         <x:is>
           <x:t>0.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="I14" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R14" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B15" t="inlineStr">
         <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E15" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H15" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I15" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J15" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K15" t="inlineStr">
+        <x:is>
           <x:t>04/28/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C15" t="inlineStr">
+      <x:c r="L15" t="inlineStr">
         <x:is>
           <x:t>04</x:t>
         </x:is>
       </x:c>
-      <x:c r="D15" t="inlineStr">
+      <x:c r="M15" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
-      <x:c r="E15" t="inlineStr">
+      <x:c r="N15" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F15" t="inlineStr">
+      <x:c r="O15" t="inlineStr">
         <x:is>
           <x:t>3.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G15" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H15" t="inlineStr">
+      <x:c r="P15" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q15" t="inlineStr">
         <x:is>
           <x:t>1.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="I15" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R15" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B16" t="inlineStr">
         <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E16" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H16" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I16" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J16" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K16" t="inlineStr">
+        <x:is>
           <x:t>05/27/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C16" t="inlineStr">
+      <x:c r="L16" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="D16" t="inlineStr">
+      <x:c r="M16" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="E16" t="inlineStr">
+      <x:c r="N16" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F16" t="inlineStr">
+      <x:c r="O16" t="inlineStr">
         <x:is>
           <x:t>3.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G16" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H16" t="inlineStr">
+      <x:c r="P16" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q16" t="inlineStr">
         <x:is>
           <x:t>1.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="I16" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R16" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B17" t="inlineStr">
         <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E17" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H17" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I17" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J17" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K17" t="inlineStr">
+        <x:is>
           <x:t>06/15/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C17" t="inlineStr">
+      <x:c r="L17" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D17" t="inlineStr">
+      <x:c r="M17" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="E17" t="inlineStr">
+      <x:c r="N17" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F17" t="inlineStr">
+      <x:c r="O17" t="inlineStr">
         <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G17" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H17" t="inlineStr">
+      <x:c r="P17" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q17" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I17" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R17" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B18" t="inlineStr">
         <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H18" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I18" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J18" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K18" t="inlineStr">
+        <x:is>
           <x:t>07/07/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C18" t="inlineStr">
+      <x:c r="L18" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="D18" t="inlineStr">
+      <x:c r="M18" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="E18" t="inlineStr">
+      <x:c r="N18" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F18" t="inlineStr">
+      <x:c r="O18" t="inlineStr">
         <x:is>
           <x:t>3.25</x:t>
         </x:is>
       </x:c>
-      <x:c r="G18" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H18" t="inlineStr">
+      <x:c r="P18" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q18" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="I18" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R18" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B19" t="inlineStr">
         <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E19" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H19" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I19" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J19" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K19" t="inlineStr">
+        <x:is>
           <x:t>08/03/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C19" t="inlineStr">
+      <x:c r="L19" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D19" t="inlineStr">
+      <x:c r="M19" t="inlineStr">
         <x:is>
           <x:t>03</x:t>
         </x:is>
       </x:c>
-      <x:c r="E19" t="inlineStr">
+      <x:c r="N19" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F19" t="inlineStr">
+      <x:c r="O19" t="inlineStr">
         <x:is>
           <x:t>3.75</x:t>
         </x:is>
       </x:c>
-      <x:c r="G19" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H19" t="inlineStr">
+      <x:c r="P19" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q19" t="inlineStr">
         <x:is>
           <x:t>1.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="I19" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R19" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B20" t="inlineStr">
         <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E20" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H20" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I20" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J20" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K20" t="inlineStr">
+        <x:is>
           <x:t>08/25/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C20" t="inlineStr">
+      <x:c r="L20" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D20" t="inlineStr">
+      <x:c r="M20" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E20" t="inlineStr">
+      <x:c r="N20" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F20" t="inlineStr">
+      <x:c r="O20" t="inlineStr">
         <x:is>
           <x:t>3.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G20" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H20" t="inlineStr">
+      <x:c r="P20" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q20" t="inlineStr">
         <x:is>
           <x:t>1.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="I20" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R20" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B21" t="inlineStr">
         <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E21" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H21" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J21" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K21" t="inlineStr">
+        <x:is>
           <x:t>09/20/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C21" t="inlineStr">
+      <x:c r="L21" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D21" t="inlineStr">
+      <x:c r="M21" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
-      <x:c r="E21" t="inlineStr">
+      <x:c r="N21" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F21" t="inlineStr">
+      <x:c r="O21" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G21" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H21" t="inlineStr">
+      <x:c r="P21" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q21" t="inlineStr">
         <x:is>
           <x:t>1.5</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B22" t="inlineStr">
         <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K22" t="inlineStr">
+        <x:is>
           <x:t>10/09/1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="C22" t="inlineStr">
+      <x:c r="L22" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="D22" t="inlineStr">
+      <x:c r="M22" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="E22" t="inlineStr">
+      <x:c r="N22" t="inlineStr">
         <x:is>
           <x:t>1991</x:t>
         </x:is>
       </x:c>
-      <x:c r="F22" t="inlineStr">
+      <x:c r="O22" t="inlineStr">
         <x:is>
           <x:t>5.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G22" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H22" t="inlineStr">
+      <x:c r="P22" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q22" t="inlineStr">
         <x:is>
           <x:t>1.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="I22" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R22" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B23" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I23" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J23" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K23" t="inlineStr">
+        <x:is>
           <x:t>05/16/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C23" t="inlineStr">
+      <x:c r="L23" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="D23" t="inlineStr">
+      <x:c r="M23" t="inlineStr">
         <x:is>
           <x:t>16</x:t>
         </x:is>
       </x:c>
-      <x:c r="E23" t="inlineStr">
+      <x:c r="N23" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F23" t="inlineStr">
+      <x:c r="O23" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="G23" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H23" t="inlineStr">
+      <x:c r="P23" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q23" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="I23" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R23" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B24" t="inlineStr">
         <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I24" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J24" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K24" t="inlineStr">
+        <x:is>
           <x:t>06/02/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C24" t="inlineStr">
+      <x:c r="L24" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D24" t="inlineStr">
+      <x:c r="M24" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
         </x:is>
       </x:c>
-      <x:c r="E24" t="inlineStr">
+      <x:c r="N24" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F24" t="inlineStr">
+      <x:c r="O24" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="G24" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H24" t="inlineStr">
+      <x:c r="P24" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q24" t="inlineStr">
         <x:is>
           <x:t>1.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="I24" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R24" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B25" t="inlineStr">
         <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I25" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J25" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K25" t="inlineStr">
+        <x:is>
           <x:t>06/10/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C25" t="inlineStr">
+      <x:c r="L25" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D25" t="inlineStr">
+      <x:c r="M25" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="E25" t="inlineStr">
+      <x:c r="N25" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F25" t="inlineStr">
+      <x:c r="O25" t="inlineStr">
         <x:is>
           <x:t>4.75</x:t>
         </x:is>
       </x:c>
-      <x:c r="G25" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H25" t="inlineStr">
+      <x:c r="P25" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q25" t="inlineStr">
         <x:is>
           <x:t>1.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="I25" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R25" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B26" t="inlineStr">
         <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E26" t="inlineStr">
+        <x:is>
+          <x:t>GAUGE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I26" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J26" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K26" t="inlineStr">
+        <x:is>
           <x:t>06/13/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C26" t="inlineStr">
+      <x:c r="L26" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D26" t="inlineStr">
+      <x:c r="M26" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
-      <x:c r="E26" t="inlineStr">
+      <x:c r="N26" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F26" t="inlineStr">
+      <x:c r="O26" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="G26" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H26" t="inlineStr">
+      <x:c r="P26" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q26" t="inlineStr">
         <x:is>
           <x:t>1.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="I26" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R26" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B27" t="inlineStr">
         <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H27" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I27" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J27" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K27" t="inlineStr">
+        <x:is>
           <x:t>06/27/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C27" t="inlineStr">
+      <x:c r="L27" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D27" t="inlineStr">
+      <x:c r="M27" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="E27" t="inlineStr">
+      <x:c r="N27" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F27" t="inlineStr">
+      <x:c r="O27" t="inlineStr">
         <x:is>
           <x:t>4.75</x:t>
         </x:is>
       </x:c>
-      <x:c r="G27" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H27" t="inlineStr">
+      <x:c r="P27" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q27" t="inlineStr">
         <x:is>
           <x:t>1.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="I27" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R27" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B28" t="inlineStr">
         <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E28" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H28" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I28" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J28" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K28" t="inlineStr">
+        <x:is>
           <x:t>07/18/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C28" t="inlineStr">
+      <x:c r="L28" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="D28" t="inlineStr">
+      <x:c r="M28" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="E28" t="inlineStr">
+      <x:c r="N28" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F28" t="inlineStr">
+      <x:c r="O28" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="G28" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H28" t="inlineStr">
+      <x:c r="P28" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q28" t="inlineStr">
         <x:is>
           <x:t>1.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="I28" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R28" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B29" t="inlineStr">
         <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E29" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H29" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I29" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J29" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K29" t="inlineStr">
+        <x:is>
           <x:t>08/05/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C29" t="inlineStr">
+      <x:c r="L29" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D29" t="inlineStr">
+      <x:c r="M29" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="E29" t="inlineStr">
+      <x:c r="N29" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F29" t="inlineStr">
+      <x:c r="O29" t="inlineStr">
         <x:is>
           <x:t>3.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G29" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H29" t="inlineStr">
+      <x:c r="P29" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q29" t="inlineStr">
         <x:is>
           <x:t>1.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="I29" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R29" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B30" t="inlineStr">
         <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E30" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J30" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K30" t="inlineStr">
+        <x:is>
           <x:t>08/25/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C30" t="inlineStr">
+      <x:c r="L30" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D30" t="inlineStr">
+      <x:c r="M30" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E30" t="inlineStr">
+      <x:c r="N30" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F30" t="inlineStr">
+      <x:c r="O30" t="inlineStr">
         <x:is>
           <x:t>4.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G30" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H30" t="inlineStr">
+      <x:c r="P30" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q30" t="inlineStr">
         <x:is>
           <x:t>1.4</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R30" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B31" t="inlineStr">
         <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E31" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H31" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I31" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J31" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K31" t="inlineStr">
+        <x:is>
           <x:t>09/04/1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="C31" t="inlineStr">
+      <x:c r="L31" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D31" t="inlineStr">
+      <x:c r="M31" t="inlineStr">
         <x:is>
           <x:t>04</x:t>
         </x:is>
       </x:c>
-      <x:c r="E31" t="inlineStr">
+      <x:c r="N31" t="inlineStr">
         <x:is>
           <x:t>1992</x:t>
         </x:is>
       </x:c>
-      <x:c r="F31" t="inlineStr">
+      <x:c r="O31" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="G31" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H31" t="inlineStr">
+      <x:c r="P31" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q31" t="inlineStr">
         <x:is>
           <x:t>1.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I31" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R31" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B32" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E32" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H32" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I32" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J32" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K32" t="inlineStr">
+        <x:is>
           <x:t>05/09/1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="C32" t="inlineStr">
+      <x:c r="L32" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="D32" t="inlineStr">
+      <x:c r="M32" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="E32" t="inlineStr">
+      <x:c r="N32" t="inlineStr">
         <x:is>
           <x:t>1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="F32" t="inlineStr">
+      <x:c r="O32" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="G32" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H32" t="inlineStr">
+      <x:c r="P32" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q32" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="I32" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R32" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B33" t="inlineStr">
         <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E33" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H33" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I33" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J33" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K33" t="inlineStr">
+        <x:is>
           <x:t>05/25/1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="C33" t="inlineStr">
+      <x:c r="L33" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="D33" t="inlineStr">
+      <x:c r="M33" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E33" t="inlineStr">
+      <x:c r="N33" t="inlineStr">
         <x:is>
           <x:t>1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="F33" t="inlineStr">
+      <x:c r="O33" t="inlineStr">
         <x:is>
           <x:t>3.25</x:t>
         </x:is>
       </x:c>
-      <x:c r="G33" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H33" t="inlineStr">
+      <x:c r="P33" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q33" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="I33" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R33" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B34" t="inlineStr">
         <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E34" t="inlineStr">
+        <x:is>
+          <x:t>24" ABOVE NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H34" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I34" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J34" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K34" t="inlineStr">
+        <x:is>
           <x:t>06/18/1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="C34" t="inlineStr">
+      <x:c r="L34" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D34" t="inlineStr">
+      <x:c r="M34" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="E34" t="inlineStr">
+      <x:c r="N34" t="inlineStr">
         <x:is>
           <x:t>1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="F34" t="inlineStr">
+      <x:c r="O34" t="inlineStr">
         <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G34" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H34" t="inlineStr">
+      <x:c r="P34" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q34" t="inlineStr">
         <x:is>
           <x:t>0.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I34" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R34" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B35" t="inlineStr">
         <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E35" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H35" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I35" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J35" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K35" t="inlineStr">
+        <x:is>
           <x:t>07/15/1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="C35" t="inlineStr">
+      <x:c r="L35" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="D35" t="inlineStr">
+      <x:c r="M35" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="E35" t="inlineStr">
+      <x:c r="N35" t="inlineStr">
         <x:is>
           <x:t>1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="F35" t="inlineStr">
+      <x:c r="O35" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="G35" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H35" t="inlineStr">
+      <x:c r="P35" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q35" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="I35" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R35" t="inlineStr">
         <x:is>
-          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B36" t="inlineStr">
         <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E36" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H36" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I36" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J36" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K36" t="inlineStr">
+        <x:is>
           <x:t>08/09/1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="C36" t="inlineStr">
+      <x:c r="L36" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D36" t="inlineStr">
+      <x:c r="M36" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="E36" t="inlineStr">
+      <x:c r="N36" t="inlineStr">
         <x:is>
           <x:t>1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="F36" t="inlineStr">
+      <x:c r="O36" t="inlineStr">
         <x:is>
           <x:t>4.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G36" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H36" t="inlineStr">
+      <x:c r="P36" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q36" t="inlineStr">
         <x:is>
           <x:t>1.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="I36" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R36" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="inlineStr">
         <x:is>
-          <x:t>8190190</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="B37" t="inlineStr">
         <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E37" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H37" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I37" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J37" t="inlineStr">
+        <x:is>
+          <x:t>8190190</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K37" t="inlineStr">
+        <x:is>
           <x:t>09/18/1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="C37" t="inlineStr">
+      <x:c r="L37" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D37" t="inlineStr">
+      <x:c r="M37" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="E37" t="inlineStr">
+      <x:c r="N37" t="inlineStr">
         <x:is>
           <x:t>1993</x:t>
         </x:is>
       </x:c>
-      <x:c r="F37" t="inlineStr">
+      <x:c r="O37" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G37" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="H37" t="inlineStr">
+      <x:c r="P37" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q37" t="inlineStr">
         <x:is>
           <x:t>1.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="I37" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="R37" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>