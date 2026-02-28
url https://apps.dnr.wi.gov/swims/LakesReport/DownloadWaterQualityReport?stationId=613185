--- v1 (2026-01-07)
+++ v2 (2026-02-28)
@@ -1,3434 +1,3434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d31a9f78d341a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7d1e2be5b304ca0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf5e93e4a0dec448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbfad4a1d820647da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5e93e4a0dec448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfad4a1d820647da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Group Seq No</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Hit Bottom</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Secchi Meters</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
+          <x:t>Chl</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1" t="inlineStr">
+        <x:is>
           <x:t>Tp</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="K1" t="inlineStr">
         <x:is>
           <x:t>Tsi Sd</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="L1" t="inlineStr">
         <x:is>
           <x:t>Tsi Tp</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="M1" t="inlineStr">
         <x:is>
           <x:t>Tsi Chl</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="N1" t="inlineStr">
         <x:is>
           <x:t>Lake Level</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="O1" t="inlineStr">
         <x:is>
           <x:t>Staff Gauge</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="P1" t="inlineStr">
         <x:is>
           <x:t>Appearance</x:t>
         </x:is>
       </x:c>
-      <x:c r="H1" t="inlineStr">
+      <x:c r="Q1" t="inlineStr">
         <x:is>
           <x:t>Color</x:t>
         </x:is>
       </x:c>
-      <x:c r="I1" t="inlineStr">
+      <x:c r="R1" t="inlineStr">
         <x:is>
           <x:t>Perception</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t>Chl</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
+          <x:t>07/20/1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t>1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t>2.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K2" t="inlineStr">
+        <x:is>
           <x:t>63</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H2" t="inlineStr">
+      <x:c r="L2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q2" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I2" t="inlineStr">
+      <x:c r="R2" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" t="inlineStr">
         <x:is>
+          <x:t>08/17/1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H3" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K3" t="inlineStr">
+        <x:is>
           <x:t>71</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H3" t="inlineStr">
+      <x:c r="L3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q3" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I3" t="inlineStr">
+      <x:c r="R3" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B4" t="inlineStr">
         <x:is>
+          <x:t>08/21/1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K4" t="inlineStr">
+        <x:is>
           <x:t>67</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H4" t="inlineStr">
+      <x:c r="L4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q4" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I4" t="inlineStr">
+      <x:c r="R4" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B5" t="inlineStr">
         <x:is>
+          <x:t>09/30/1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>1989</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K5" t="inlineStr">
+        <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H5" t="inlineStr">
+      <x:c r="L5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q5" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I5" t="inlineStr">
+      <x:c r="R5" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B6" t="inlineStr">
         <x:is>
+          <x:t>05/13/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H6" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K6" t="inlineStr">
+        <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E6" t="inlineStr">
+      <x:c r="L6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N6" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F6" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H6" t="inlineStr">
+      <x:c r="O6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q6" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I6" t="inlineStr">
+      <x:c r="R6" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B7" t="inlineStr">
         <x:is>
+          <x:t>05/27/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H7" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K7" t="inlineStr">
+        <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E7" t="inlineStr">
+      <x:c r="L7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N7" t="inlineStr">
         <x:is>
           <x:t>5" ABOVE NORM.</x:t>
         </x:is>
       </x:c>
-      <x:c r="F7" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H7" t="inlineStr">
+      <x:c r="O7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q7" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I7" t="inlineStr">
+      <x:c r="R7" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B8" t="inlineStr">
         <x:is>
+          <x:t>06/14/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t>2.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H8" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K8" t="inlineStr">
+        <x:is>
           <x:t>63</x:t>
         </x:is>
       </x:c>
-      <x:c r="C8" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E8" t="inlineStr">
+      <x:c r="L8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N8" t="inlineStr">
         <x:is>
           <x:t>16" ABOVE NORM.</x:t>
         </x:is>
       </x:c>
-      <x:c r="F8" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H8" t="inlineStr">
+      <x:c r="O8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q8" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I8" t="inlineStr">
+      <x:c r="R8" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B9" t="inlineStr">
         <x:is>
+          <x:t>07/03/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H9" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K9" t="inlineStr">
+        <x:is>
           <x:t>67</x:t>
         </x:is>
       </x:c>
-      <x:c r="C9" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E9" t="inlineStr">
+      <x:c r="L9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N9" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F9" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H9" t="inlineStr">
+      <x:c r="O9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q9" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I9" t="inlineStr">
+      <x:c r="R9" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
+          <x:t>07/18/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H10" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K10" t="inlineStr">
+        <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H10" t="inlineStr">
+      <x:c r="L10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q10" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I10" t="inlineStr">
+      <x:c r="R10" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
+          <x:t>08/06/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K11" t="inlineStr">
+        <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H11" t="inlineStr">
+      <x:c r="L11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q11" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I11" t="inlineStr">
+      <x:c r="R11" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B12" t="inlineStr">
         <x:is>
+          <x:t>08/25/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E12" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H12" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K12" t="inlineStr">
+        <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
-      <x:c r="C12" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E12" t="inlineStr">
+      <x:c r="L12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N12" t="inlineStr">
         <x:is>
           <x:t>11.5" HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F12" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H12" t="inlineStr">
+      <x:c r="O12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q12" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I12" t="inlineStr">
+      <x:c r="R12" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B13" t="inlineStr">
         <x:is>
+          <x:t>09/09/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E13" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H13" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K13" t="inlineStr">
+        <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
-      <x:c r="C13" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E13" t="inlineStr">
+      <x:c r="L13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N13" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F13" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H13" t="inlineStr">
+      <x:c r="O13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q13" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I13" t="inlineStr">
+      <x:c r="R13" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B14" t="inlineStr">
         <x:is>
+          <x:t>09/30/1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
+          <x:t>1990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t>2.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H14" t="inlineStr">
+        <x:is>
+          <x:t>0.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K14" t="inlineStr">
+        <x:is>
           <x:t>65</x:t>
         </x:is>
       </x:c>
-      <x:c r="C14" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E14" t="inlineStr">
+      <x:c r="L14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N14" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F14" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H14" t="inlineStr">
+      <x:c r="O14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q14" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I14" t="inlineStr">
+      <x:c r="R14" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B15" t="inlineStr">
         <x:is>
+          <x:t>04/28/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C15" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E15" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F15" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G15" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H15" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K15" t="inlineStr">
+        <x:is>
           <x:t>59</x:t>
         </x:is>
       </x:c>
-      <x:c r="C15" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E15" t="inlineStr">
+      <x:c r="L15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N15" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F15" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H15" t="inlineStr">
+      <x:c r="O15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q15" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I15" t="inlineStr">
+      <x:c r="R15" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B16" t="inlineStr">
         <x:is>
+          <x:t>05/27/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E16" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H16" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K16" t="inlineStr">
+        <x:is>
           <x:t>59</x:t>
         </x:is>
       </x:c>
-      <x:c r="C16" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E16" t="inlineStr">
+      <x:c r="L16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N16" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F16" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H16" t="inlineStr">
+      <x:c r="O16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q16" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I16" t="inlineStr">
+      <x:c r="R16" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B17" t="inlineStr">
         <x:is>
+          <x:t>06/15/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E17" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H17" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K17" t="inlineStr">
+        <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
-      <x:c r="C17" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E17" t="inlineStr">
+      <x:c r="L17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N17" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F17" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H17" t="inlineStr">
+      <x:c r="O17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q17" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I17" t="inlineStr">
+      <x:c r="R17" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B18" t="inlineStr">
         <x:is>
+          <x:t>07/07/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C18" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E18" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F18" t="inlineStr">
+        <x:is>
+          <x:t>3.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G18" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H18" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K18" t="inlineStr">
+        <x:is>
           <x:t>60</x:t>
         </x:is>
       </x:c>
-      <x:c r="C18" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H18" t="inlineStr">
+      <x:c r="L18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q18" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I18" t="inlineStr">
+      <x:c r="R18" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B19" t="inlineStr">
         <x:is>
+          <x:t>08/03/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C19" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E19" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F19" t="inlineStr">
+        <x:is>
+          <x:t>3.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G19" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H19" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K19" t="inlineStr">
+        <x:is>
           <x:t>58</x:t>
         </x:is>
       </x:c>
-      <x:c r="C19" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E19" t="inlineStr">
+      <x:c r="L19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N19" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F19" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H19" t="inlineStr">
+      <x:c r="O19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q19" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I19" t="inlineStr">
+      <x:c r="R19" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B20" t="inlineStr">
         <x:is>
+          <x:t>08/25/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C20" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D20" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E20" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F20" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G20" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H20" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K20" t="inlineStr">
+        <x:is>
           <x:t>59</x:t>
         </x:is>
       </x:c>
-      <x:c r="C20" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E20" t="inlineStr">
+      <x:c r="L20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N20" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F20" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H20" t="inlineStr">
+      <x:c r="O20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q20" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I20" t="inlineStr">
+      <x:c r="R20" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B21" t="inlineStr">
         <x:is>
+          <x:t>09/20/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C21" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E21" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F21" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G21" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H21" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K21" t="inlineStr">
+        <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="C21" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E21" t="inlineStr">
+      <x:c r="L21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N21" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F21" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H21" t="inlineStr">
+      <x:c r="O21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q21" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t>1.5</x:t>
         </x:is>
       </x:c>
       <x:c r="R21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B22" t="inlineStr">
         <x:is>
+          <x:t>10/09/1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>1991</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K22" t="inlineStr">
+        <x:is>
           <x:t>53</x:t>
         </x:is>
       </x:c>
-      <x:c r="C22" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E22" t="inlineStr">
+      <x:c r="L22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N22" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F22" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H22" t="inlineStr">
+      <x:c r="O22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q22" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I22" t="inlineStr">
+      <x:c r="R22" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B23" t="inlineStr">
         <x:is>
+          <x:t>05/16/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K23" t="inlineStr">
+        <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
-      <x:c r="C23" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E23" t="inlineStr">
+      <x:c r="L23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N23" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F23" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H23" t="inlineStr">
+      <x:c r="O23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q23" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I23" t="inlineStr">
+      <x:c r="R23" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B24" t="inlineStr">
         <x:is>
+          <x:t>06/02/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K24" t="inlineStr">
+        <x:is>
           <x:t>57</x:t>
         </x:is>
       </x:c>
-      <x:c r="C24" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E24" t="inlineStr">
+      <x:c r="L24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N24" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F24" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H24" t="inlineStr">
+      <x:c r="O24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q24" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I24" t="inlineStr">
+      <x:c r="R24" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B25" t="inlineStr">
         <x:is>
+          <x:t>06/10/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t>4.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K25" t="inlineStr">
+        <x:is>
           <x:t>55</x:t>
         </x:is>
       </x:c>
-      <x:c r="C25" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E25" t="inlineStr">
+      <x:c r="L25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N25" t="inlineStr">
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
-      <x:c r="F25" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H25" t="inlineStr">
+      <x:c r="O25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q25" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I25" t="inlineStr">
+      <x:c r="R25" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B26" t="inlineStr">
         <x:is>
+          <x:t>06/13/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E26" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K26" t="inlineStr">
+        <x:is>
           <x:t>57</x:t>
         </x:is>
       </x:c>
-      <x:c r="C26" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E26" t="inlineStr">
+      <x:c r="L26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N26" t="inlineStr">
         <x:is>
           <x:t>GAUGE</x:t>
         </x:is>
       </x:c>
-      <x:c r="F26" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H26" t="inlineStr">
+      <x:c r="O26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q26" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I26" t="inlineStr">
+      <x:c r="R26" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B27" t="inlineStr">
         <x:is>
+          <x:t>06/27/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C27" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E27" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t>4.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H27" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K27" t="inlineStr">
+        <x:is>
           <x:t>55</x:t>
         </x:is>
       </x:c>
-      <x:c r="C27" t="inlineStr">
-[...24 lines deleted...]
-      <x:c r="H27" t="inlineStr">
+      <x:c r="L27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q27" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I27" t="inlineStr">
+      <x:c r="R27" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B28" t="inlineStr">
         <x:is>
+          <x:t>07/18/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E28" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F28" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G28" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H28" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K28" t="inlineStr">
+        <x:is>
           <x:t>57</x:t>
         </x:is>
       </x:c>
-      <x:c r="C28" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E28" t="inlineStr">
+      <x:c r="L28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N28" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F28" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H28" t="inlineStr">
+      <x:c r="O28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q28" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I28" t="inlineStr">
+      <x:c r="R28" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B29" t="inlineStr">
         <x:is>
+          <x:t>08/05/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C29" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E29" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F29" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G29" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H29" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K29" t="inlineStr">
+        <x:is>
           <x:t>59</x:t>
         </x:is>
       </x:c>
-      <x:c r="C29" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E29" t="inlineStr">
+      <x:c r="L29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N29" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F29" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H29" t="inlineStr">
+      <x:c r="O29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q29" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I29" t="inlineStr">
+      <x:c r="R29" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B30" t="inlineStr">
         <x:is>
+          <x:t>08/25/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C30" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E30" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F30" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G30" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H30" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K30" t="inlineStr">
+        <x:is>
           <x:t>55</x:t>
         </x:is>
       </x:c>
-      <x:c r="C30" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E30" t="inlineStr">
+      <x:c r="L30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N30" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F30" t="inlineStr">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="O30" t="inlineStr">
         <x:is>
-          <x:t>4.5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="P30" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q30" t="inlineStr">
         <x:is>
-          <x:t>1.4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R30" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B31" t="inlineStr">
         <x:is>
+          <x:t>09/04/1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C31" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D31" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E31" t="inlineStr">
+        <x:is>
+          <x:t>1992</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F31" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G31" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H31" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K31" t="inlineStr">
+        <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
-      <x:c r="C31" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E31" t="inlineStr">
+      <x:c r="L31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N31" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F31" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H31" t="inlineStr">
+      <x:c r="O31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q31" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I31" t="inlineStr">
+      <x:c r="R31" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B32" t="inlineStr">
         <x:is>
+          <x:t>05/09/1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C32" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D32" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E32" t="inlineStr">
+        <x:is>
+          <x:t>1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F32" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G32" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H32" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K32" t="inlineStr">
+        <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
-      <x:c r="C32" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E32" t="inlineStr">
+      <x:c r="L32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N32" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F32" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H32" t="inlineStr">
+      <x:c r="O32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q32" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I32" t="inlineStr">
+      <x:c r="R32" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B33" t="inlineStr">
         <x:is>
+          <x:t>05/25/1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C33" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D33" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E33" t="inlineStr">
+        <x:is>
+          <x:t>1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F33" t="inlineStr">
+        <x:is>
+          <x:t>3.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G33" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H33" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K33" t="inlineStr">
+        <x:is>
           <x:t>60</x:t>
         </x:is>
       </x:c>
-      <x:c r="C33" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E33" t="inlineStr">
+      <x:c r="L33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N33" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F33" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H33" t="inlineStr">
+      <x:c r="O33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q33" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I33" t="inlineStr">
+      <x:c r="R33" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B34" t="inlineStr">
         <x:is>
+          <x:t>06/18/1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C34" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D34" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E34" t="inlineStr">
+        <x:is>
+          <x:t>1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F34" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G34" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H34" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K34" t="inlineStr">
+        <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
-      <x:c r="C34" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E34" t="inlineStr">
+      <x:c r="L34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N34" t="inlineStr">
         <x:is>
           <x:t>24" ABOVE NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="F34" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H34" t="inlineStr">
+      <x:c r="O34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P34" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q34" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I34" t="inlineStr">
+      <x:c r="R34" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B35" t="inlineStr">
         <x:is>
+          <x:t>07/15/1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C35" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D35" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E35" t="inlineStr">
+        <x:is>
+          <x:t>1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F35" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G35" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H35" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K35" t="inlineStr">
+        <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
-      <x:c r="C35" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E35" t="inlineStr">
+      <x:c r="L35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N35" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F35" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H35" t="inlineStr">
+      <x:c r="O35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P35" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q35" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I35" t="inlineStr">
+      <x:c r="R35" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B36" t="inlineStr">
         <x:is>
+          <x:t>08/09/1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C36" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D36" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E36" t="inlineStr">
+        <x:is>
+          <x:t>1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F36" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G36" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H36" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K36" t="inlineStr">
+        <x:is>
           <x:t>55</x:t>
         </x:is>
       </x:c>
-      <x:c r="C36" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E36" t="inlineStr">
+      <x:c r="L36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N36" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F36" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H36" t="inlineStr">
+      <x:c r="O36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P36" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q36" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I36" t="inlineStr">
+      <x:c r="R36" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8190190</x:t>
         </x:is>
       </x:c>
       <x:c r="B37" t="inlineStr">
         <x:is>
+          <x:t>09/18/1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C37" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D37" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E37" t="inlineStr">
+        <x:is>
+          <x:t>1993</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F37" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G37" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H37" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K37" t="inlineStr">
+        <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="C37" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="E37" t="inlineStr">
+      <x:c r="L37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N37" t="inlineStr">
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
-      <x:c r="F37" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="H37" t="inlineStr">
+      <x:c r="O37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P37" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q37" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
-      <x:c r="I37" t="inlineStr">
+      <x:c r="R37" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>