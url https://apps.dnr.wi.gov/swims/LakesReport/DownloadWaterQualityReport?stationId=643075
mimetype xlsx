--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eba89fb8a084b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022810901a4945da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R82cfb5a0da7c495c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd2b64f6ac0c14e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82cfb5a0da7c495c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2b64f6ac0c14e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>