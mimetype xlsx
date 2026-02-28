--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022810901a4945da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e70fb736b4d4e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd2b64f6ac0c14e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd1236430e76041a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2b64f6ac0c14e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1236430e76041a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -20706,393 +20706,393 @@
       </x:c>
       <x:c r="O225" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P225" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q225" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R225" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>282185837</x:t>
         </x:is>
       </x:c>
       <x:c r="B226" t="inlineStr">
         <x:is>
           <x:t>05/10/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C226" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D226" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="E226" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="G226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="L226" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="M226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R226" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>282185837</x:t>
         </x:is>
       </x:c>
       <x:c r="B227" t="inlineStr">
         <x:is>
           <x:t>06/30/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C227" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D227" t="inlineStr">
         <x:is>
           <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="E227" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="I227" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="J227" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="K227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L227" t="inlineStr">
         <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M227" t="inlineStr">
         <x:is>
           <x:t>42</x:t>
         </x:is>
       </x:c>
       <x:c r="N227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O227" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>282185837</x:t>
         </x:is>
       </x:c>
       <x:c r="B228" t="inlineStr">
         <x:is>
           <x:t>07/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C228" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D228" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="E228" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I228" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="J228" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L228" t="inlineStr">
         <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="M228" t="inlineStr">
         <x:is>
           <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="N228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O228" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R228" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>282185837</x:t>
         </x:is>
       </x:c>
       <x:c r="B229" t="inlineStr">
         <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C229" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D229" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="E229" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="G229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I229" t="inlineStr">
         <x:is>
           <x:t>33</x:t>
         </x:is>
       </x:c>
       <x:c r="J229" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="L229" t="inlineStr">
         <x:is>
           <x:t>55</x:t>
         </x:is>
       </x:c>
       <x:c r="M229" t="inlineStr">
         <x:is>
           <x:t>61</x:t>
         </x:is>
       </x:c>
       <x:c r="N229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O229" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R229" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>