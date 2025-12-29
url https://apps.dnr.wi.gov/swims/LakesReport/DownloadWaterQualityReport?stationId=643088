--- v0 (2025-10-07)
+++ v1 (2025-12-29)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4ae4ab6c954ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73d4d87b4934c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra7c45e3ebfd94fae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ddd45ef6608471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7c45e3ebfd94fae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ddd45ef6608471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -31010,209 +31010,485 @@
       </x:c>
       <x:c r="O337" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P337" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q337" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R337" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>26051822</x:t>
         </x:is>
       </x:c>
       <x:c r="B338" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C338" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D338" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="E338" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="G338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="I338" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J338" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L338" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M338" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O338" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R338" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B339" t="inlineStr">
         <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C339" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D339" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E339" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I339" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L339" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M339" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="340">
+      <x:c r="A340" t="inlineStr">
+        <x:is>
+          <x:t>26051822</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B340" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C340" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D340" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E340" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F340" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G340" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H340" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K340" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N340" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P340" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q340" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R340" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c r="A341" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B341" t="inlineStr">
+        <x:is>
           <x:t>08/27/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C339" t="inlineStr">
+      <x:c r="C341" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D339" t="inlineStr">
+      <x:c r="D341" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="E339" t="inlineStr">
+      <x:c r="E341" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F339" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I339" t="inlineStr">
+      <x:c r="F341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I341" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="J339" t="inlineStr">
+      <x:c r="J341" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="K339" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="L339" t="inlineStr">
+      <x:c r="K341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L341" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M339" t="inlineStr">
+      <x:c r="M341" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
-      <x:c r="N339" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="inlineStr">
+        <x:is>
+          <x:t>26051822</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B342" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C342" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D342" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E342" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F342" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G342" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H342" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K342" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N342" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P342" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q342" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R342" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>