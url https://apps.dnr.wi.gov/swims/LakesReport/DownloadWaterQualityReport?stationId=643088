--- v1 (2025-12-29)
+++ v2 (2026-02-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73d4d87b4934c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fd9608e4994e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ddd45ef6608471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R61c34fa0db304d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ddd45ef6608471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61c34fa0db304d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>