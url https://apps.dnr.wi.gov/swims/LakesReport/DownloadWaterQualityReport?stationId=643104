--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24a30e1534f4a6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37a5eec95a34c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re01b9f07533d4102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R57301fc7a3c44e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re01b9f07533d4102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57301fc7a3c44e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15646,393 +15646,945 @@
       </x:c>
       <x:c r="O170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P170" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q170" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R170" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>165091238</x:t>
         </x:is>
       </x:c>
       <x:c r="B171" t="inlineStr">
         <x:is>
           <x:t>05/05/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C171" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D171" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="E171" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L171" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="M171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R171" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>165091238</x:t>
         </x:is>
       </x:c>
       <x:c r="B172" t="inlineStr">
         <x:is>
-          <x:t>06/22/2025</x:t>
+          <x:t>05/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C172" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D172" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E172" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="G172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I172" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>33</x:t>
         </x:is>
       </x:c>
       <x:c r="L172" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M172" t="inlineStr">
         <x:is>
-          <x:t>37</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R172" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" t="inlineStr">
         <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B173" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C173" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D173" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E173" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F173" t="inlineStr">
+        <x:is>
+          <x:t>24.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G173" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H173" t="inlineStr">
+        <x:is>
+          <x:t>7.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I173" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B173" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K173" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="L173" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="M173" t="inlineStr">
         <x:is>
-          <x:t>36</x:t>
+          <x:t>37</x:t>
         </x:is>
       </x:c>
       <x:c r="N173" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O173" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P173" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q173" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R173" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" t="inlineStr">
         <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B174" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C174" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D174" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E174" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F174" t="inlineStr">
+        <x:is>
+          <x:t>21.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G174" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H174" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K174" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N174" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P174" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q174" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R174" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c r="A175" t="inlineStr">
+        <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B175" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C175" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D175" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E175" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F175" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G175" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H175" t="inlineStr">
+        <x:is>
+          <x:t>6.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I175" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B174" t="inlineStr">
+      <x:c r="J175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K175" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L175" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M175" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N175" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P175" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q175" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R175" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c r="A176" t="inlineStr">
+        <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B176" t="inlineStr">
         <x:is>
           <x:t>08/21/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C174" t="inlineStr">
+      <x:c r="C176" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D174" t="inlineStr">
+      <x:c r="D176" t="inlineStr">
         <x:is>
           <x:t>21</x:t>
         </x:is>
       </x:c>
-      <x:c r="E174" t="inlineStr">
+      <x:c r="E176" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F174" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I174" t="inlineStr">
+      <x:c r="F176" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G176" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H176" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I176" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J174" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L174" t="inlineStr">
+      <x:c r="J176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K176" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L176" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
-      <x:c r="M174" t="inlineStr">
+      <x:c r="M176" t="inlineStr">
         <x:is>
           <x:t>39</x:t>
         </x:is>
       </x:c>
-      <x:c r="N174" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N176" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P176" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q176" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R176" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c r="A177" t="inlineStr">
+        <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B177" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C177" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D177" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E177" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G177" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N177" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P177" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q177" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R177" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c r="A178" t="inlineStr">
+        <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B178" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C178" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D178" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E178" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G178" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N178" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P178" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q178" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R178" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c r="A179" t="inlineStr">
+        <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B179" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C179" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D179" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E179" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G179" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N179" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P179" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q179" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R179" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="180">
+      <x:c r="A180" t="inlineStr">
+        <x:is>
+          <x:t>165091238</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B180" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C180" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D180" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E180" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G180" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N180" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P180" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q180" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R180" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>