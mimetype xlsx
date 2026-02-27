--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37a5eec95a34c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7b8a46f53074294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R57301fc7a3c44e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8f80f461df2843d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57301fc7a3c44e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f80f461df2843d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>