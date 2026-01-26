--- v0 (2025-10-08)
+++ v1 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4fd14180824273" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af2999882a54235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rffac76e939dd4b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8030663663bb47c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffac76e939dd4b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8030663663bb47c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -22546,485 +22546,945 @@
       </x:c>
       <x:c r="O245" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P245" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q245" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R245" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>128979249</x:t>
         </x:is>
       </x:c>
       <x:c r="B246" t="inlineStr">
         <x:is>
-          <x:t>07/07/2025</x:t>
+          <x:t>06/01/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C246" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D246" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>01</x:t>
         </x:is>
       </x:c>
       <x:c r="E246" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="G246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I246" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J246" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L246" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M246" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O246" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R246" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" t="inlineStr">
         <x:is>
-          <x:t>8190103</x:t>
+          <x:t>128979249</x:t>
         </x:is>
       </x:c>
       <x:c r="B247" t="inlineStr">
         <x:is>
-          <x:t>07/30/2025</x:t>
+          <x:t>07/01/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C247" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D247" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>01</x:t>
         </x:is>
       </x:c>
       <x:c r="E247" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F247" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="G247" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H247" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I247" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J247" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K247" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="L247" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M247" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N247" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O247" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P247" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q247" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R247" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B248" t="inlineStr">
         <x:is>
-          <x:t>07/31/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C248" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D248" t="inlineStr">
         <x:is>
-          <x:t>31</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="E248" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I248" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L248" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M248" t="inlineStr">
         <x:is>
-          <x:t>41</x:t>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="N248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R248" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8190103</x:t>
         </x:is>
       </x:c>
       <x:c r="B249" t="inlineStr">
         <x:is>
-          <x:t>08/20/2025</x:t>
+          <x:t>07/30/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C249" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D249" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="E249" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F249" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G249" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H249" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I249" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J249" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K249" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L249" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M249" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N249" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O249" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P249" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q249" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R249" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B250" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C250" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D250" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E250" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I250" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L250" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M250" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="251">
+      <x:c r="A251" t="inlineStr">
+        <x:is>
+          <x:t>128979249</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B251" t="inlineStr">
+        <x:is>
+          <x:t>08/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C251" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D251" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E251" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F251" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G251" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H251" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K251" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N251" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P251" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q251" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R251" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="252">
+      <x:c r="A252" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B252" t="inlineStr">
+        <x:is>
+          <x:t>08/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C252" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D252" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E252" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I252" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L252" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M252" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="253">
+      <x:c r="A253" t="inlineStr">
+        <x:is>
           <x:t>8190103</x:t>
         </x:is>
       </x:c>
-      <x:c r="B250" t="inlineStr">
+      <x:c r="B253" t="inlineStr">
         <x:is>
           <x:t>08/20/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C250" t="inlineStr">
+      <x:c r="C253" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D250" t="inlineStr">
+      <x:c r="D253" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
-      <x:c r="E250" t="inlineStr">
+      <x:c r="E253" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F250" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G250" t="inlineStr">
+      <x:c r="F253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G253" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H250" t="inlineStr">
-[...29 lines deleted...]
-      <x:c r="N250" t="inlineStr">
+      <x:c r="H253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N253" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O250" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P250" t="inlineStr">
+      <x:c r="O253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P253" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q250" t="inlineStr">
+      <x:c r="Q253" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R250" t="inlineStr">
+      <x:c r="R253" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="254">
+      <x:c r="A254" t="inlineStr">
+        <x:is>
+          <x:t>128979249</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B254" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C254" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D254" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E254" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F254" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G254" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H254" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K254" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N254" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P254" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q254" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R254" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="255">
+      <x:c r="A255" t="inlineStr">
+        <x:is>
+          <x:t>128979249</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B255" t="inlineStr">
+        <x:is>
+          <x:t>09/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C255" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D255" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E255" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F255" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G255" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H255" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K255" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N255" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P255" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q255" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R255" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>