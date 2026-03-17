--- v1 (2026-01-26)
+++ v2 (2026-03-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af2999882a54235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04a2607b3084756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8030663663bb47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4658ac9898d848b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8030663663bb47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4658ac9898d848b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>