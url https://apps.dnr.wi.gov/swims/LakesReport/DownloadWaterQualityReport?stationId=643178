--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re681ee41489a4f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ef7336a7d64c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R542be946fd5f43cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rea7bcfa4ce794b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R542be946fd5f43cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea7bcfa4ce794b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -17299,28 +17299,396 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O188" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P188" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q188" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R188" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="189">
+      <x:c r="A189" t="inlineStr">
+        <x:is>
+          <x:t>320960017</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B189" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C189" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D189" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E189" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F189" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G189" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H189" t="inlineStr">
+        <x:is>
+          <x:t>3.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K189" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N189" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q189" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R189" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c r="A190" t="inlineStr">
+        <x:is>
+          <x:t>320960017</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B190" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C190" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D190" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E190" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F190" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G190" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H190" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K190" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N190" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q190" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R190" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c r="A191" t="inlineStr">
+        <x:is>
+          <x:t>320960017</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B191" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C191" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D191" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E191" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F191" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G191" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H191" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K191" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N191" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q191" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R191" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c r="A192" t="inlineStr">
+        <x:is>
+          <x:t>320960017</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B192" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C192" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D192" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E192" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F192" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G192" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H192" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K192" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N192" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q192" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R192" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>