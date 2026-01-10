--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac2a5619b5d4fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53296447032b4512" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0eef540df13b45b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf378d23911914f7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0eef540df13b45b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf378d23911914f7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -8102,301 +8102,669 @@
       </x:c>
       <x:c r="O88" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P88" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q88" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R88" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>358796976</x:t>
         </x:is>
       </x:c>
       <x:c r="B89" t="inlineStr">
         <x:is>
-          <x:t>06/23/2025</x:t>
+          <x:t>05/04/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C89" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D89" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="E89" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I89" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J89" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L89" t="inlineStr">
         <x:is>
-          <x:t>54</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M89" t="inlineStr">
         <x:is>
-          <x:t>41</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O89" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R89" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B90" t="inlineStr">
         <x:is>
-          <x:t>07/27/2025</x:t>
+          <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C90" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D90" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="E90" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I90" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L90" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t>54</x:t>
         </x:is>
       </x:c>
       <x:c r="M90" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t>41</x:t>
         </x:is>
       </x:c>
       <x:c r="N90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R90" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="inlineStr">
         <x:is>
+          <x:t>358796976</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B91" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C91" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D91" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E91" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F91" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G91" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H91" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K91" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N91" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P91" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q91" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R91" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="92">
+      <x:c r="A92" t="inlineStr">
+        <x:is>
+          <x:t>358796976</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B92" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C92" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D92" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E92" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F92" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G92" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H92" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K92" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N92" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P92" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q92" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R92" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="93">
+      <x:c r="A93" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B91" t="inlineStr">
+      <x:c r="B93" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C93" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D93" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E93" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I93" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L93" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M93" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="94">
+      <x:c r="A94" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B94" t="inlineStr">
         <x:is>
           <x:t>08/24/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C91" t="inlineStr">
+      <x:c r="C94" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D91" t="inlineStr">
+      <x:c r="D94" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="E91" t="inlineStr">
+      <x:c r="E94" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F91" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I91" t="inlineStr">
+      <x:c r="F94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I94" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="J91" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L91" t="inlineStr">
+      <x:c r="J94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L94" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="M91" t="inlineStr">
+      <x:c r="M94" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
-      <x:c r="N91" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="95">
+      <x:c r="A95" t="inlineStr">
+        <x:is>
+          <x:t>358796976</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B95" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C95" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D95" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E95" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F95" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G95" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H95" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K95" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N95" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P95" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q95" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R95" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>