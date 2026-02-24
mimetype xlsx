--- v1 (2026-01-10)
+++ v2 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53296447032b4512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db254d5745c42f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf378d23911914f7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc4030aed3c20499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf378d23911914f7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4030aed3c20499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>