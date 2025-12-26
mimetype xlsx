--- v0 (2025-10-15)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d73f7f278b40d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80264a3eb3434da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra619deaddd6040f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R826be5fb8579447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra619deaddd6040f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R826be5fb8579447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -33402,209 +33402,669 @@
       </x:c>
       <x:c r="O363" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P363" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q363" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R363" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="364">
       <x:c r="A364" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>37219779</x:t>
         </x:is>
       </x:c>
       <x:c r="B364" t="inlineStr">
         <x:is>
-          <x:t>07/27/2025</x:t>
+          <x:t>06/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C364" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D364" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="E364" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F364" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G364" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H364" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I364" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J364" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K364" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L364" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M364" t="inlineStr">
         <x:is>
-          <x:t>42</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N364" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O364" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P364" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q364" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R364" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="365">
       <x:c r="A365" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B365" t="inlineStr">
         <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C365" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D365" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E365" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I365" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L365" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M365" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="366">
+      <x:c r="A366" t="inlineStr">
+        <x:is>
+          <x:t>37219779</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B366" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C366" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D366" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E366" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G366" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N366" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P366" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q366" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R366" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="367">
+      <x:c r="A367" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B367" t="inlineStr">
+        <x:is>
           <x:t>09/01/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C365" t="inlineStr">
+      <x:c r="C367" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D365" t="inlineStr">
+      <x:c r="D367" t="inlineStr">
         <x:is>
           <x:t>01</x:t>
         </x:is>
       </x:c>
-      <x:c r="E365" t="inlineStr">
+      <x:c r="E367" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F365" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I365" t="inlineStr">
+      <x:c r="F367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I367" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="J365" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L365" t="inlineStr">
+      <x:c r="J367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L367" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="M365" t="inlineStr">
+      <x:c r="M367" t="inlineStr">
         <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
-      <x:c r="N365" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="368">
+      <x:c r="A368" t="inlineStr">
+        <x:is>
+          <x:t>37219779</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B368" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C368" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D368" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E368" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F368" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G368" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H368" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K368" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N368" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P368" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q368" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R368" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="369">
+      <x:c r="A369" t="inlineStr">
+        <x:is>
+          <x:t>37219779</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B369" t="inlineStr">
+        <x:is>
+          <x:t>10/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C369" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D369" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E369" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F369" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G369" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H369" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K369" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N369" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P369" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q369" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R369" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="370">
+      <x:c r="A370" t="inlineStr">
+        <x:is>
+          <x:t>37219779</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B370" t="inlineStr">
+        <x:is>
+          <x:t>10/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C370" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D370" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E370" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F370" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G370" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H370" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K370" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N370" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P370" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q370" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R370" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>