--- v1 (2025-12-26)
+++ v2 (2026-02-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80264a3eb3434da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5046707bcc28486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R826be5fb8579447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R66477ad546284a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R826be5fb8579447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66477ad546284a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>