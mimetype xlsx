--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f175ef90f84f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ea2fcf812c462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0345b4fd49e54a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdee8302449034b42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0345b4fd49e54a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdee8302449034b42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -4603,28 +4603,580 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O50" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P50" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q50" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R50" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="51">
+      <x:c r="A51" t="inlineStr">
+        <x:is>
+          <x:t>325207064</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B51" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C51" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D51" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E51" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G51" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N51" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O51" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P51" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q51" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R51" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="52">
+      <x:c r="A52" t="inlineStr">
+        <x:is>
+          <x:t>325207064</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B52" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C52" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D52" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E52" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G52" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N52" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O52" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P52" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q52" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R52" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="53">
+      <x:c r="A53" t="inlineStr">
+        <x:is>
+          <x:t>325207064</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B53" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C53" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D53" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E53" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G53" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N53" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O53" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P53" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q53" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R53" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="54">
+      <x:c r="A54" t="inlineStr">
+        <x:is>
+          <x:t>325207064</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B54" t="inlineStr">
+        <x:is>
+          <x:t>08/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C54" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D54" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E54" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G54" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N54" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O54" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P54" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q54" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R54" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="55">
+      <x:c r="A55" t="inlineStr">
+        <x:is>
+          <x:t>325207064</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B55" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C55" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D55" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E55" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G55" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N55" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P55" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q55" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R55" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="56">
+      <x:c r="A56" t="inlineStr">
+        <x:is>
+          <x:t>325207064</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B56" t="inlineStr">
+        <x:is>
+          <x:t>10/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C56" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D56" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E56" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G56" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N56" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P56" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q56" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R56" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>