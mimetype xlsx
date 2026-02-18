--- v1 (2025-12-25)
+++ v2 (2026-02-18)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ea2fcf812c462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9691409ec0e4fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdee8302449034b42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5e7343dfad44f5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdee8302449034b42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5e7343dfad44f5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>