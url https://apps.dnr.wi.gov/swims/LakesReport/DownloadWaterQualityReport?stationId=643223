--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc591828e651849d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed7b9d6ba554313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfddbbcebd9b94173"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1511dff3a0f94afb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfddbbcebd9b94173" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1511dff3a0f94afb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -10218,301 +10218,577 @@
       </x:c>
       <x:c r="O111" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P111" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q111" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R111" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>234389566</x:t>
         </x:is>
       </x:c>
       <x:c r="B112" t="inlineStr">
         <x:is>
-          <x:t>07/31/2025</x:t>
+          <x:t>06/12/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C112" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D112" t="inlineStr">
         <x:is>
-          <x:t>31</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="E112" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="G112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="I112" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J112" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L112" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M112" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O112" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>YELLOW</x:t>
         </x:is>
       </x:c>
       <x:c r="R112" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="inlineStr">
         <x:is>
+          <x:t>234389566</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B113" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C113" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D113" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E113" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F113" t="inlineStr">
+        <x:is>
+          <x:t>10.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G113" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H113" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I113" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B113" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J113" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K113" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L113" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="M113" t="inlineStr">
         <x:is>
-          <x:t>35</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="N113" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O113" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P113" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q113" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R113" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B114" t="inlineStr">
         <x:is>
+          <x:t>08/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C114" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D114" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E114" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I114" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M114" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="115">
+      <x:c r="A115" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B115" t="inlineStr">
+        <x:is>
           <x:t>08/31/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C114" t="inlineStr">
+      <x:c r="C115" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D114" t="inlineStr">
+      <x:c r="D115" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
-      <x:c r="E114" t="inlineStr">
+      <x:c r="E115" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F114" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I114" t="inlineStr">
+      <x:c r="F115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I115" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J114" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="M114" t="inlineStr">
+      <x:c r="J115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M115" t="inlineStr">
         <x:is>
           <x:t>40</x:t>
         </x:is>
       </x:c>
-      <x:c r="N114" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="116">
+      <x:c r="A116" t="inlineStr">
+        <x:is>
+          <x:t>234389566</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B116" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C116" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D116" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E116" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F116" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G116" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H116" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K116" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N116" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P116" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q116" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R116" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="117">
+      <x:c r="A117" t="inlineStr">
+        <x:is>
+          <x:t>234389566</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B117" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C117" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D117" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E117" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F117" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G117" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H117" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K117" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N117" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P117" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q117" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R117" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>