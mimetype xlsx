--- v1 (2026-01-09)
+++ v2 (2026-03-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed7b9d6ba554313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89827f6c49bb41c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1511dff3a0f94afb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9e4a4551f6d14a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1511dff3a0f94afb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e4a4551f6d14a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>