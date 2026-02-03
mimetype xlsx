--- v0 (2025-12-11)
+++ v1 (2026-02-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46ef9e7c78f040ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53862cddab184ead" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3e4e5fbe19d14ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re729de36ffa14def"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e4e5fbe19d14ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re729de36ffa14def" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -12699,28 +12699,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O138" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P138" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q138" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R138" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>219384714</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>10/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N139" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P139" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q139" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R139" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>