--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53862cddab184ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60151c6da4cb4ef2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re729de36ffa14def"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R48dbbfa9a67546d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re729de36ffa14def" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48dbbfa9a67546d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>