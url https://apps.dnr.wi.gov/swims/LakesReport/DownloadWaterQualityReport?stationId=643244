--- v0 (2025-10-28)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d5121089874c2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7ac616df86496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R90e40252ee654597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4996198d79ff4c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R90e40252ee654597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4996198d79ff4c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -13435,28 +13435,304 @@
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O146" t="inlineStr">
         <x:is>
           <x:t>.54</x:t>
         </x:is>
       </x:c>
       <x:c r="P146" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q146" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R146" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="147">
+      <x:c r="A147" t="inlineStr">
+        <x:is>
+          <x:t>358796976</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B147" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C147" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D147" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E147" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F147" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G147" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H147" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K147" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N147" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P147" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q147" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R147" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c r="A148" t="inlineStr">
+        <x:is>
+          <x:t>358796976</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B148" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C148" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D148" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E148" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F148" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G148" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H148" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K148" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N148" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P148" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q148" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R148" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c r="A149" t="inlineStr">
+        <x:is>
+          <x:t>358796976</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B149" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C149" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D149" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E149" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F149" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G149" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H149" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K149" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N149" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P149" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q149" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R149" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>