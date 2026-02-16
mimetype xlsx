--- v1 (2025-12-26)
+++ v2 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7ac616df86496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186e3d960447478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4996198d79ff4c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R314843fa7f844162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4996198d79ff4c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R314843fa7f844162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>