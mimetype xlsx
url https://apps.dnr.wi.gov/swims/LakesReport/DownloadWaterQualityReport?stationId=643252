--- v0 (2025-10-26)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a0c83142064363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda69c4aa3b04e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcc5f7044c820413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R39b6af9d846f4657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc5f7044c820413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R39b6af9d846f4657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -24018,1129 +24018,1681 @@
       </x:c>
       <x:c r="O261" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P261" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q261" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R261" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" t="inlineStr">
         <x:is>
-          <x:t>163454887</x:t>
+          <x:t>282186609</x:t>
         </x:is>
       </x:c>
       <x:c r="B262" t="inlineStr">
         <x:is>
-          <x:t>06/08/2025</x:t>
+          <x:t>06/05/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C262" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D262" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="E262" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F262" t="inlineStr">
         <x:is>
-          <x:t>11.6</x:t>
+          <x:t>12.8</x:t>
         </x:is>
       </x:c>
       <x:c r="G262" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H262" t="inlineStr">
         <x:is>
-          <x:t>3.5</x:t>
+          <x:t>3.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I262" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J262" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K262" t="inlineStr">
         <x:is>
-          <x:t>42</x:t>
+          <x:t>40</x:t>
         </x:is>
       </x:c>
       <x:c r="L262" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M262" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N262" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O262" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P262" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q262" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R262" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>163454887</x:t>
         </x:is>
       </x:c>
       <x:c r="B263" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/08/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C263" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D263" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="E263" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11.6</x:t>
         </x:is>
       </x:c>
       <x:c r="G263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I263" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J263" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>42</x:t>
         </x:is>
       </x:c>
       <x:c r="L263" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M263" t="inlineStr">
         <x:is>
-          <x:t>37</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O263" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R263" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" t="inlineStr">
         <x:is>
-          <x:t>163454887</x:t>
+          <x:t>282186609</x:t>
         </x:is>
       </x:c>
       <x:c r="B264" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C264" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D264" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="E264" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F264" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G264" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H264" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I264" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J264" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K264" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L264" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M264" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N264" t="inlineStr">
         <x:is>
-          <x:t>LOW</x:t>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O264" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P264" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q264" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R264" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" t="inlineStr">
         <x:is>
-          <x:t>163454887</x:t>
+          <x:t>282186609</x:t>
         </x:is>
       </x:c>
       <x:c r="B265" t="inlineStr">
         <x:is>
-          <x:t>07/09/2025</x:t>
+          <x:t>06/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C265" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D265" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="E265" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F265" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G265" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H265" t="inlineStr">
         <x:is>
-          <x:t>4.6</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I265" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J265" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K265" t="inlineStr">
         <x:is>
-          <x:t>38</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L265" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M265" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N265" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O265" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P265" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q265" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R265" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B266" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C266" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D266" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E266" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I266" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="J266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L266" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="M266" t="inlineStr">
         <x:is>
-          <x:t>34</x:t>
+          <x:t>37</x:t>
         </x:is>
       </x:c>
       <x:c r="N266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R266" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" t="inlineStr">
         <x:is>
           <x:t>163454887</x:t>
         </x:is>
       </x:c>
       <x:c r="B267" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C267" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D267" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E267" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F267" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="G267" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H267" t="inlineStr">
         <x:is>
-          <x:t>4.3</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="I267" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J267" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K267" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L267" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M267" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N267" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O267" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P267" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q267" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R267" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" t="inlineStr">
         <x:is>
-          <x:t>163454887</x:t>
+          <x:t>282186609</x:t>
         </x:is>
       </x:c>
       <x:c r="B268" t="inlineStr">
         <x:is>
-          <x:t>08/12/2025</x:t>
+          <x:t>06/26/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C268" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D268" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>26</x:t>
         </x:is>
       </x:c>
       <x:c r="E268" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F268" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G268" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H268" t="inlineStr">
         <x:is>
-          <x:t>4.3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I268" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J268" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K268" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L268" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M268" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N268" t="inlineStr">
         <x:is>
-          <x:t>LOW</x:t>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O268" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P268" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q268" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R268" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>282186609</x:t>
         </x:is>
       </x:c>
       <x:c r="B269" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C269" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D269" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="E269" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F269" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G269" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H269" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I269" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J269" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K269" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L269" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M269" t="inlineStr">
         <x:is>
-          <x:t>38</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N269" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O269" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P269" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q269" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R269" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" t="inlineStr">
         <x:is>
           <x:t>163454887</x:t>
         </x:is>
       </x:c>
       <x:c r="B270" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>07/09/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C270" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D270" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="E270" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F270" t="inlineStr">
         <x:is>
-          <x:t>14.5</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="G270" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H270" t="inlineStr">
         <x:is>
-          <x:t>4.4</x:t>
+          <x:t>4.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I270" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J270" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K270" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t>38</x:t>
         </x:is>
       </x:c>
       <x:c r="L270" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M270" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N270" t="inlineStr">
         <x:is>
-          <x:t>LOW</x:t>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O270" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P270" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q270" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R270" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" t="inlineStr">
         <x:is>
-          <x:t>163454887</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B271" t="inlineStr">
         <x:is>
-          <x:t>09/11/2025</x:t>
+          <x:t>07/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C271" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D271" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E271" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F271" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G271" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H271" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I271" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="J271" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K271" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L271" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="M271" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>34</x:t>
         </x:is>
       </x:c>
       <x:c r="N271" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O271" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P271" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q271" t="inlineStr">
         <x:is>
-          <x:t>GREEN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R271" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" t="inlineStr">
         <x:is>
           <x:t>163454887</x:t>
         </x:is>
       </x:c>
       <x:c r="B272" t="inlineStr">
         <x:is>
-          <x:t>09/28/2025</x:t>
+          <x:t>07/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C272" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D272" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E272" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F272" t="inlineStr">
         <x:is>
-          <x:t>18.6</x:t>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="G272" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H272" t="inlineStr">
         <x:is>
-          <x:t>5.7</x:t>
+          <x:t>4.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I272" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J272" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K272" t="inlineStr">
         <x:is>
-          <x:t>35</x:t>
+          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="L272" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M272" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N272" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O272" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P272" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q272" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R272" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" t="inlineStr">
         <x:is>
           <x:t>163454887</x:t>
         </x:is>
       </x:c>
       <x:c r="B273" t="inlineStr">
         <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C273" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D273" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E273" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F273" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G273" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H273" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K273" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N273" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P273" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q273" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R273" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="274">
+      <x:c r="A274" t="inlineStr">
+        <x:is>
+          <x:t>282186609</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B274" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C274" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D274" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E274" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G274" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N274" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P274" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q274" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R274" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="275">
+      <x:c r="A275" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B275" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C275" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D275" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E275" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I275" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M275" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="276">
+      <x:c r="A276" t="inlineStr">
+        <x:is>
+          <x:t>163454887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B276" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C276" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D276" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E276" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F276" t="inlineStr">
+        <x:is>
+          <x:t>14.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G276" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H276" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I276" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J276" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K276" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L276" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M276" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N276" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O276" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P276" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q276" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R276" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="277">
+      <x:c r="A277" t="inlineStr">
+        <x:is>
+          <x:t>163454887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B277" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C277" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D277" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E277" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G277" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N277" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P277" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q277" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R277" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="278">
+      <x:c r="A278" t="inlineStr">
+        <x:is>
+          <x:t>163454887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B278" t="inlineStr">
+        <x:is>
+          <x:t>09/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C278" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D278" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E278" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F278" t="inlineStr">
+        <x:is>
+          <x:t>18.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G278" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H278" t="inlineStr">
+        <x:is>
+          <x:t>5.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I278" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J278" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K278" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L278" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M278" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N278" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O278" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P278" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q278" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R278" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="279">
+      <x:c r="A279" t="inlineStr">
+        <x:is>
+          <x:t>163454887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B279" t="inlineStr">
+        <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C273" t="inlineStr">
+      <x:c r="C279" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="D273" t="inlineStr">
+      <x:c r="D279" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
-      <x:c r="E273" t="inlineStr">
+      <x:c r="E279" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F273" t="inlineStr">
+      <x:c r="F279" t="inlineStr">
         <x:is>
           <x:t>13.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="G273" t="inlineStr">
+      <x:c r="G279" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H273" t="inlineStr">
+      <x:c r="H279" t="inlineStr">
         <x:is>
           <x:t>4.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="I273" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K273" t="inlineStr">
+      <x:c r="I279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K279" t="inlineStr">
         <x:is>
           <x:t>39</x:t>
         </x:is>
       </x:c>
-      <x:c r="L273" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N273" t="inlineStr">
+      <x:c r="L279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N279" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O273" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P273" t="inlineStr">
+      <x:c r="O279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P279" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q273" t="inlineStr">
+      <x:c r="Q279" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
-      <x:c r="R273" t="inlineStr">
+      <x:c r="R279" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>