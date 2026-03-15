--- v1 (2026-01-10)
+++ v2 (2026-03-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda69c4aa3b04e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e877fd800fe4eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R39b6af9d846f4657"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcb1947fc776c4eb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R39b6af9d846f4657" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb1947fc776c4eb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>