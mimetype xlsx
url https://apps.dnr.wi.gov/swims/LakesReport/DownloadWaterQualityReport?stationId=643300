--- v0 (2025-10-24)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a1f4c52cc0048c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99a938a10be4c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3907b05ac2e044ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb14031bc86374123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3907b05ac2e044ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb14031bc86374123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -5155,28 +5155,580 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O56" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P56" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q56" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R56" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="57">
+      <x:c r="A57" t="inlineStr">
+        <x:is>
+          <x:t>219384714</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B57" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C57" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D57" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E57" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F57" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G57" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H57" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K57" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N57" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P57" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q57" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R57" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="58">
+      <x:c r="A58" t="inlineStr">
+        <x:is>
+          <x:t>219384714</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B58" t="inlineStr">
+        <x:is>
+          <x:t>06/16/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C58" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D58" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E58" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F58" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G58" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H58" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K58" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P58" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q58" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R58" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="59">
+      <x:c r="A59" t="inlineStr">
+        <x:is>
+          <x:t>219384714</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B59" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C59" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D59" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E59" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F59" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G59" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H59" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K59" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N59" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P59" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q59" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R59" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="60">
+      <x:c r="A60" t="inlineStr">
+        <x:is>
+          <x:t>219384714</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B60" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C60" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D60" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E60" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F60" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G60" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H60" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K60" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N60" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P60" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q60" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R60" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="61">
+      <x:c r="A61" t="inlineStr">
+        <x:is>
+          <x:t>219384714</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B61" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C61" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D61" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E61" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F61" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G61" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H61" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K61" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N61" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P61" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q61" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R61" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="62">
+      <x:c r="A62" t="inlineStr">
+        <x:is>
+          <x:t>219384714</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B62" t="inlineStr">
+        <x:is>
+          <x:t>10/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C62" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D62" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E62" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F62" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G62" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H62" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K62" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N62" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P62" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q62" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R62" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>