--- v1 (2026-01-09)
+++ v2 (2026-03-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99a938a10be4c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd117022188874424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb14031bc86374123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3939e9da329f44e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb14031bc86374123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3939e9da329f44e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>