--- v0 (2025-10-11)
+++ v1 (2025-12-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7115d777dd44bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1bbd7ab7b2f4546" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb0d00f6003b441a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R72dd22d9d0254751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb0d00f6003b441a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72dd22d9d0254751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -6819,112 +6819,204 @@
       </x:c>
       <x:c r="P74" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q74" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R74" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="inlineStr">
         <x:is>
           <x:t>116338688</x:t>
         </x:is>
       </x:c>
       <x:c r="B75" t="inlineStr">
         <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C75" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D75" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E75" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F75" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G75" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H75" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K75" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O75" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P75" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q75" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R75" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="76">
+      <x:c r="A76" t="inlineStr">
+        <x:is>
+          <x:t>116338688</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B76" t="inlineStr">
+        <x:is>
           <x:t>09/08/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C75" t="inlineStr">
+      <x:c r="C76" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D75" t="inlineStr">
+      <x:c r="D76" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="E75" t="inlineStr">
+      <x:c r="E76" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F75" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I75" t="inlineStr">
+      <x:c r="F76" t="inlineStr">
+        <x:is>
+          <x:t>8.125</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G76" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H76" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I76" t="inlineStr">
         <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="J75" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L75" t="inlineStr">
+      <x:c r="J76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K76" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L76" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="M75" t="inlineStr">
+      <x:c r="M76" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="N75" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N76" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O76" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P76" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q76" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R76" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>