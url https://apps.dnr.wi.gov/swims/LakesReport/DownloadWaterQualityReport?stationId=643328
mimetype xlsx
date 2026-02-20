--- v1 (2025-12-28)
+++ v2 (2026-02-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1bbd7ab7b2f4546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968b8a24fe944166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R72dd22d9d0254751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfdb3c5214fd9426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72dd22d9d0254751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfdb3c5214fd9426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -6995,28 +6995,304 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O76" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P76" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q76" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R76" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="77">
+      <x:c r="A77" t="inlineStr">
+        <x:is>
+          <x:t>378754413</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B77" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C77" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D77" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E77" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F77" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G77" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H77" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K77" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N77" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O77" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P77" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q77" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R77" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="78">
+      <x:c r="A78" t="inlineStr">
+        <x:is>
+          <x:t>378754413</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B78" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C78" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D78" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E78" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F78" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G78" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H78" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K78" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N78" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O78" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P78" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q78" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R78" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="79">
+      <x:c r="A79" t="inlineStr">
+        <x:is>
+          <x:t>378754413</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B79" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C79" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D79" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E79" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F79" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G79" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H79" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K79" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N79" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P79" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q79" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R79" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>