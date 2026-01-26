--- v0 (2025-10-17)
+++ v1 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc953ecd37caa4cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3aafc8398a3408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6259e6c8e566447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0e6bd50d33ce40f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6259e6c8e566447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e6bd50d33ce40f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>