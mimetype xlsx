--- v1 (2026-01-26)
+++ v2 (2026-03-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3aafc8398a3408d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5120b73ba2d94c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0e6bd50d33ce40f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R73f69e10e57f4165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e6bd50d33ce40f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R73f69e10e57f4165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -9298,301 +9298,301 @@
       </x:c>
       <x:c r="O101" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P101" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q101" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R101" t="inlineStr">
         <x:is>
           <x:t>5-Enjoyment substantially impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="inlineStr">
         <x:is>
+          <x:t>358302248</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B102" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C102" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D102" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E102" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F102" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G102" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H102" t="inlineStr">
+        <x:is>
+          <x:t>5.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I102" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B102" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J102" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K102" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>36</x:t>
         </x:is>
       </x:c>
       <x:c r="L102" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M102" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="N102" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O102" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P102" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q102" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R102" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="inlineStr">
         <x:is>
+          <x:t>8188834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B103" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C103" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D103" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E103" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F103" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G103" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H103" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I103" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B103" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J103" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K103" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>34</x:t>
         </x:is>
       </x:c>
       <x:c r="L103" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="M103" t="inlineStr">
         <x:is>
           <x:t>32</x:t>
         </x:is>
       </x:c>
       <x:c r="N103" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O103" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P103" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q103" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R103" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="inlineStr">
         <x:is>
+          <x:t>358302248</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B104" t="inlineStr">
+        <x:is>
+          <x:t>08/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C104" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D104" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E104" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F104" t="inlineStr">
+        <x:is>
+          <x:t>17.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G104" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H104" t="inlineStr">
+        <x:is>
+          <x:t>5.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I104" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B104" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J104" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K104" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>36</x:t>
         </x:is>
       </x:c>
       <x:c r="L104" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M104" t="inlineStr">
         <x:is>
           <x:t>34</x:t>
         </x:is>
       </x:c>
       <x:c r="N104" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O104" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P104" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q104" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R104" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>