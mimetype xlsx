--- v0 (2025-10-07)
+++ v1 (2026-02-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7025bf3ee3ac40d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4542b297626446c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R70da1a0f6e5d4542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R97a0b73f64a54d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70da1a0f6e5d4542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97a0b73f64a54d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -13990,577 +13990,1129 @@
       </x:c>
       <x:c r="O152" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P152" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q152" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R152" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" t="inlineStr">
         <x:is>
-          <x:t>8190391</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B153" t="inlineStr">
         <x:is>
           <x:t>06/18/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C153" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D153" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="E153" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F153" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G153" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H153" t="inlineStr">
         <x:is>
-          <x:t>9.1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I153" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J153" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K153" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L153" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M153" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N153" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O153" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P153" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q153" t="inlineStr">
         <x:is>
-          <x:t>GREEN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R153" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8190391</x:t>
         </x:is>
       </x:c>
       <x:c r="B154" t="inlineStr">
         <x:is>
-          <x:t>06/22/2025</x:t>
+          <x:t>06/18/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C154" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D154" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="E154" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="G154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>9.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I154" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J154" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="L154" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M154" t="inlineStr">
         <x:is>
-          <x:t>41</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O154" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R154" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" t="inlineStr">
         <x:is>
-          <x:t>8190391</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B155" t="inlineStr">
         <x:is>
-          <x:t>07/15/2025</x:t>
+          <x:t>06/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C155" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D155" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="E155" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F155" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G155" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H155" t="inlineStr">
         <x:is>
-          <x:t>6.7</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K155" t="inlineStr">
         <x:is>
-          <x:t>33</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N155" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P155" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q155" t="inlineStr">
         <x:is>
-          <x:t>GREEN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R155" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B156" t="inlineStr">
         <x:is>
-          <x:t>07/27/2025</x:t>
+          <x:t>06/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C156" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D156" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="E156" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I156" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L156" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M156" t="inlineStr">
         <x:is>
-          <x:t>41</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" t="inlineStr">
         <x:is>
-          <x:t>8190391</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B157" t="inlineStr">
         <x:is>
-          <x:t>07/27/2025</x:t>
+          <x:t>06/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C157" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D157" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="E157" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G157" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I157" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L157" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M157" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>41</x:t>
         </x:is>
       </x:c>
       <x:c r="N157" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P157" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q157" t="inlineStr">
         <x:is>
-          <x:t>GREEN</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R157" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B158" t="inlineStr">
         <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B160" t="inlineStr">
+        <x:is>
+          <x:t>07/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C160" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D160" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E160" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="inlineStr">
+        <x:is>
+          <x:t>8190391</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B161" t="inlineStr">
+        <x:is>
+          <x:t>07/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C161" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D161" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E161" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F161" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G161" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H161" t="inlineStr">
+        <x:is>
+          <x:t>6.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K161" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N161" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P161" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q161" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R161" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c r="A162" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B162" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C162" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D162" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E162" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I162" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L162" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M162" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c r="A163" t="inlineStr">
+        <x:is>
+          <x:t>8190391</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B163" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C163" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D163" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E163" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G163" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N163" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P163" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q163" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R163" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c r="A164" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B164" t="inlineStr">
+        <x:is>
           <x:t>08/23/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C158" t="inlineStr">
+      <x:c r="C164" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D158" t="inlineStr">
+      <x:c r="D164" t="inlineStr">
         <x:is>
           <x:t>23</x:t>
         </x:is>
       </x:c>
-      <x:c r="E158" t="inlineStr">
+      <x:c r="E164" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F158" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I158" t="inlineStr">
+      <x:c r="F164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I164" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="J158" t="inlineStr">
+      <x:c r="J164" t="inlineStr">
         <x:is>
           <x:t>12</x:t>
         </x:is>
       </x:c>
-      <x:c r="K158" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="L158" t="inlineStr">
+      <x:c r="K164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L164" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M158" t="inlineStr">
+      <x:c r="M164" t="inlineStr">
         <x:is>
           <x:t>42</x:t>
         </x:is>
       </x:c>
-      <x:c r="N158" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R158" t="inlineStr">
+      <x:c r="N164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R164" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>