--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4542b297626446c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fac57c94ae64819" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R97a0b73f64a54d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R96e15ffdcd1c4293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97a0b73f64a54d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96e15ffdcd1c4293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>