--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e11dc24a1d4640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601e489f71a44bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R01c61a302d14469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf4ec2492b76e4454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01c61a302d14469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4ec2492b76e4454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -21166,393 +21166,761 @@
       </x:c>
       <x:c r="O230" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P230" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q230" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R230" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8189121</x:t>
         </x:is>
       </x:c>
       <x:c r="B231" t="inlineStr">
         <x:is>
-          <x:t>06/23/2025</x:t>
+          <x:t>05/02/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C231" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D231" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="E231" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="I231" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J231" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L231" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M231" t="inlineStr">
         <x:is>
-          <x:t>35</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O231" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R231" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" t="inlineStr">
         <x:is>
-          <x:t>370199336</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B232" t="inlineStr">
         <x:is>
-          <x:t>07/18/2025</x:t>
+          <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C232" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D232" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="E232" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F232" t="inlineStr">
         <x:is>
-          <x:t>9.25</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G232" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H232" t="inlineStr">
         <x:is>
-          <x:t>2.8</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I232" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="J232" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K232" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L232" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="M232" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>35</x:t>
         </x:is>
       </x:c>
       <x:c r="N232" t="inlineStr">
         <x:is>
-          <x:t>LOW</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O232" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P232" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q232" t="inlineStr">
         <x:is>
-          <x:t>YELLOW</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R232" t="inlineStr">
         <x:is>
-          <x:t>1-Beautiful, could not be nicer</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8189121</x:t>
         </x:is>
       </x:c>
       <x:c r="B233" t="inlineStr">
         <x:is>
-          <x:t>07/24/2025</x:t>
+          <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C233" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D233" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="E233" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="G233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I233" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J233" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="L233" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M233" t="inlineStr">
         <x:is>
-          <x:t>42</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O233" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R233" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" t="inlineStr">
         <x:is>
+          <x:t>370199336</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B234" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C234" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D234" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E234" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F234" t="inlineStr">
+        <x:is>
+          <x:t>9.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G234" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H234" t="inlineStr">
+        <x:is>
+          <x:t>2.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K234" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N234" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P234" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q234" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R234" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B234" t="inlineStr">
+      <x:c r="B235" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C235" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D235" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E235" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I235" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L235" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M235" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>8189121</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K236" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N236" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P236" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q236" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R236" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c r="A237" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B237" t="inlineStr">
         <x:is>
           <x:t>08/22/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C234" t="inlineStr">
+      <x:c r="C237" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D234" t="inlineStr">
+      <x:c r="D237" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
-      <x:c r="E234" t="inlineStr">
+      <x:c r="E237" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F234" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I234" t="inlineStr">
+      <x:c r="F237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I237" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J234" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L234" t="inlineStr">
+      <x:c r="J237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L237" t="inlineStr">
         <x:is>
           <x:t>46</x:t>
         </x:is>
       </x:c>
-      <x:c r="M234" t="inlineStr">
+      <x:c r="M237" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
-      <x:c r="N234" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="238">
+      <x:c r="A238" t="inlineStr">
+        <x:is>
+          <x:t>8189121</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B238" t="inlineStr">
+        <x:is>
+          <x:t>08/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C238" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D238" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E238" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F238" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G238" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H238" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K238" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N238" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P238" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q238" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R238" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>