--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601e489f71a44bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ad4e7844554277" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf4ec2492b76e4454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c0cb96c1a444478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4ec2492b76e4454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c0cb96c1a444478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>