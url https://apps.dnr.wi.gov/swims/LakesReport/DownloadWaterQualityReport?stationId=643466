--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ad4e7844554277" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63a69510d5c4b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c0cb96c1a444478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcbf2e92df6ff4140"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c0cb96c1a444478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbf2e92df6ff4140" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>