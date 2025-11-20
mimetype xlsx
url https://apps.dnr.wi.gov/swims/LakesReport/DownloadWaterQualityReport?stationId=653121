--- v0 (2025-10-01)
+++ v1 (2025-11-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fec9c3acd74925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c6f090cb104cf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R003823e63d1e44a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc16c6730341b436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R003823e63d1e44a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc16c6730341b436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -14383,92 +14383,184 @@
           <x:t>10589248</x:t>
         </x:is>
       </x:c>
       <x:c r="B157" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C157" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D157" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E157" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F157" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10.2</x:t>
         </x:is>
       </x:c>
       <x:c r="G157" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>N</x:t>
         </x:is>
       </x:c>
       <x:c r="H157" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I157" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K157" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L157" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M157" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="N157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c r="A158" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B158" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L158" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M158" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R158" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>