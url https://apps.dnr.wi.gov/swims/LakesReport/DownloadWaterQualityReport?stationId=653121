--- v1 (2025-11-20)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c6f090cb104cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R840d0e0f37a14154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc16c6730341b436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R712f77c8243f40ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc16c6730341b436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R712f77c8243f40ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>