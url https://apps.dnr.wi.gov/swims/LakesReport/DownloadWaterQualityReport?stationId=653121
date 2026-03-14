--- v2 (2026-01-09)
+++ v3 (2026-03-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R840d0e0f37a14154" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b90391a0249449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R712f77c8243f40ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdc5856771d5348f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R712f77c8243f40ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc5856771d5348f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -14266,301 +14266,577 @@
       </x:c>
       <x:c r="O155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R155" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>335186638</x:t>
         </x:is>
       </x:c>
       <x:c r="B156" t="inlineStr">
         <x:is>
-          <x:t>08/04/2025</x:t>
+          <x:t>06/30/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C156" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D156" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="E156" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="G156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I156" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L156" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M156" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O156" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R156" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" t="inlineStr">
         <x:is>
-          <x:t>10589248</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B157" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>08/04/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C157" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D157" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="E157" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F157" t="inlineStr">
         <x:is>
-          <x:t>10.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G157" t="inlineStr">
         <x:is>
-          <x:t>N</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H157" t="inlineStr">
         <x:is>
-          <x:t>3.1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I157" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="J157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K157" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L157" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="M157" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="N157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R157" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" t="inlineStr">
         <x:is>
+          <x:t>335186638</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B158" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K158" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N158" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P158" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q158" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R158" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>10589248</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t>10.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t>3.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K159" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L159" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M159" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B158" t="inlineStr">
+      <x:c r="B160" t="inlineStr">
         <x:is>
           <x:t>09/22/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C158" t="inlineStr">
+      <x:c r="C160" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D158" t="inlineStr">
+      <x:c r="D160" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
-      <x:c r="E158" t="inlineStr">
+      <x:c r="E160" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F158" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I158" t="inlineStr">
+      <x:c r="F160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I160" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="J158" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L158" t="inlineStr">
+      <x:c r="J160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L160" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M158" t="inlineStr">
+      <x:c r="M160" t="inlineStr">
         <x:is>
           <x:t>46</x:t>
         </x:is>
       </x:c>
-      <x:c r="N158" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="inlineStr">
+        <x:is>
+          <x:t>335186638</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B161" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C161" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D161" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E161" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F161" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G161" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H161" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K161" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N161" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P161" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q161" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R161" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>