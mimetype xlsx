--- v3 (2026-03-14)
+++ v4 (2026-03-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b90391a0249449f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22a8c394cd84307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdc5856771d5348f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdaab25780c2d42f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc5856771d5348f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdaab25780c2d42f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>