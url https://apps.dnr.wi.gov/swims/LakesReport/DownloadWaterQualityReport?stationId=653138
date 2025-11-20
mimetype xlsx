--- v0 (2025-10-01)
+++ v1 (2025-11-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8228f9cc54344511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bdcb38ab3d8407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7964fa0a19d341d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R164f4b8868024c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7964fa0a19d341d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R164f4b8868024c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>