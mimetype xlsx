--- v1 (2025-11-20)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bdcb38ab3d8407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21087b02c9d483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R164f4b8868024c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5bd5b15afc65405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R164f4b8868024c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bd5b15afc65405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>