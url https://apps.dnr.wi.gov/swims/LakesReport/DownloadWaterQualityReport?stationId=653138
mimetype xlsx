--- v2 (2026-01-09)
+++ v3 (2026-03-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21087b02c9d483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33169698fad4cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5bd5b15afc65405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Reddb4c7cc6e34e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bd5b15afc65405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reddb4c7cc6e34e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -4327,28 +4327,304 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O47" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P47" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q47" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R47" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="48">
+      <x:c r="A48" t="inlineStr">
+        <x:is>
+          <x:t>335186638</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B48" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C48" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D48" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E48" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F48" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G48" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H48" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K48" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N48" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P48" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q48" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R48" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="49">
+      <x:c r="A49" t="inlineStr">
+        <x:is>
+          <x:t>335186638</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B49" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C49" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D49" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E49" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F49" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G49" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H49" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K49" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N49" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P49" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q49" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R49" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="50">
+      <x:c r="A50" t="inlineStr">
+        <x:is>
+          <x:t>335186638</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B50" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C50" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D50" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E50" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F50" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G50" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H50" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K50" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N50" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P50" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q50" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R50" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>