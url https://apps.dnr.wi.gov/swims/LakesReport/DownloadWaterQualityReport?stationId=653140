--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07895106a5064f69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfb7f7cab184f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4184cfdb6a5d4fed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R07a3690bb7214760"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4184cfdb6a5d4fed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07a3690bb7214760" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -26039,28 +26039,856 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O283" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P283" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q283" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R283" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="284">
+      <x:c r="A284" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B284" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C284" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D284" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E284" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F284" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G284" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H284" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K284" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N284" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P284" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q284" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R284" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="285">
+      <x:c r="A285" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B285" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C285" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D285" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E285" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G285" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N285" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P285" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q285" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R285" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="286">
+      <x:c r="A286" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B286" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C286" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D286" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E286" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G286" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N286" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P286" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q286" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R286" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="287">
+      <x:c r="A287" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B287" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C287" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D287" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E287" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G287" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N287" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P287" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q287" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R287" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="288">
+      <x:c r="A288" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B288" t="inlineStr">
+        <x:is>
+          <x:t>08/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C288" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D288" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E288" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F288" t="inlineStr">
+        <x:is>
+          <x:t>3.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G288" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H288" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K288" t="inlineStr">
+        <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P288" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q288" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R288" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="289">
+      <x:c r="A289" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B289" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C289" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D289" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E289" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F289" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G289" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H289" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K289" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N289" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P289" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q289" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R289" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="290">
+      <x:c r="A290" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B290" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C290" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D290" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E290" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F290" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G290" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H290" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K290" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N290" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P290" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q290" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R290" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="291">
+      <x:c r="A291" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B291" t="inlineStr">
+        <x:is>
+          <x:t>09/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C291" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D291" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E291" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F291" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G291" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H291" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K291" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N291" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P291" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q291" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R291" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="292">
+      <x:c r="A292" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B292" t="inlineStr">
+        <x:is>
+          <x:t>10/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C292" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D292" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E292" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F292" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G292" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H292" t="inlineStr">
+        <x:is>
+          <x:t>1.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K292" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P292" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q292" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R292" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>