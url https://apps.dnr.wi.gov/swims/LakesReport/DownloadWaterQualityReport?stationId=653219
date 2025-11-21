--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13dda0aa7c714508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra071e959063f4807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R41a3018468844c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R08527093f48d4cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R41a3018468844c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08527093f48d4cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -22362,117 +22362,209 @@
       </x:c>
       <x:c r="O243" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P243" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q243" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R243" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B244" t="inlineStr">
+        <x:is>
+          <x:t>09/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C244" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D244" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E244" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I244" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L244" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M244" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
           <x:t>356792176</x:t>
         </x:is>
       </x:c>
-      <x:c r="B244" t="inlineStr">
+      <x:c r="B245" t="inlineStr">
         <x:is>
           <x:t>09/04/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C244" t="inlineStr">
+      <x:c r="C245" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D244" t="inlineStr">
+      <x:c r="D245" t="inlineStr">
         <x:is>
           <x:t>04</x:t>
         </x:is>
       </x:c>
-      <x:c r="E244" t="inlineStr">
+      <x:c r="E245" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F244" t="inlineStr">
+      <x:c r="F245" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="G244" t="inlineStr">
+      <x:c r="G245" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H244" t="inlineStr">
+      <x:c r="H245" t="inlineStr">
         <x:is>
           <x:t>1.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="I244" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K244" t="inlineStr">
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K245" t="inlineStr">
         <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
-      <x:c r="L244" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N244" t="inlineStr">
+      <x:c r="L245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N245" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O244" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P244" t="inlineStr">
+      <x:c r="O245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P245" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q244" t="inlineStr">
+      <x:c r="Q245" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
-      <x:c r="R244" t="inlineStr">
+      <x:c r="R245" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>