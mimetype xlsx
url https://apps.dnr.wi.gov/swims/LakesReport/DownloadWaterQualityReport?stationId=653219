--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra071e959063f4807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9701d037fac64762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R08527093f48d4cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5f4b5da31994e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08527093f48d4cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5f4b5da31994e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>