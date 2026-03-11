--- v2 (2026-01-09)
+++ v3 (2026-03-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9701d037fac64762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb759fcaa7e94bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5f4b5da31994e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7b1b55e6740348e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5f4b5da31994e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b1b55e6740348e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>