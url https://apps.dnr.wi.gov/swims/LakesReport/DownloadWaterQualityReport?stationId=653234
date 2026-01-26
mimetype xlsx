--- v0 (2025-10-28)
+++ v1 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R135806e02a9b4deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d0e412168c4f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8289ef3bc479440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5b004b0e8394436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8289ef3bc479440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b004b0e8394436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -28155,28 +28155,948 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O306" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P306" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q306" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R306" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="307">
+      <x:c r="A307" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B307" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C307" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D307" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E307" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F307" t="inlineStr">
+        <x:is>
+          <x:t>3.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G307" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H307" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K307" t="inlineStr">
+        <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N307" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P307" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q307" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R307" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="308">
+      <x:c r="A308" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B308" t="inlineStr">
+        <x:is>
+          <x:t>06/16/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C308" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D308" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E308" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F308" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G308" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H308" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K308" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N308" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P308" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q308" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R308" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="309">
+      <x:c r="A309" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B309" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C309" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D309" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E309" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="310">
+      <x:c r="A310" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B310" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C310" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D310" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E310" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F310" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G310" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H310" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K310" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N310" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P310" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q310" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R310" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="311">
+      <x:c r="A311" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B311" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C311" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D311" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E311" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G311" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N311" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P311" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q311" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="312">
+      <x:c r="A312" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B312" t="inlineStr">
+        <x:is>
+          <x:t>08/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C312" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D312" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E312" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="313">
+      <x:c r="A313" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B313" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C313" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D313" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E313" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F313" t="inlineStr">
+        <x:is>
+          <x:t>1.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G313" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H313" t="inlineStr">
+        <x:is>
+          <x:t>0.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I313" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J313" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K313" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L313" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M313" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N313" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O313" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P313" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q313" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R313" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="314">
+      <x:c r="A314" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B314" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C314" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D314" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E314" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G314" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N314" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P314" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q314" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="315">
+      <x:c r="A315" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B315" t="inlineStr">
+        <x:is>
+          <x:t>09/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C315" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D315" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E315" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F315" t="inlineStr">
+        <x:is>
+          <x:t>2.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G315" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H315" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I315" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J315" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K315" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L315" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M315" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N315" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O315" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P315" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q315" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R315" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="316">
+      <x:c r="A316" t="inlineStr">
+        <x:is>
+          <x:t>338305597</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B316" t="inlineStr">
+        <x:is>
+          <x:t>10/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C316" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D316" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E316" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F316" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G316" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H316" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I316" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J316" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K316" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L316" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M316" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N316" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O316" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P316" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q316" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R316" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>