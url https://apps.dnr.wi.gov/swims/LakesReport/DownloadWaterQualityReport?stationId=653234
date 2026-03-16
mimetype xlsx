--- v1 (2026-01-26)
+++ v2 (2026-03-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d0e412168c4f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf399c16708454725" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5b004b0e8394436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6e388bfd1e014889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b004b0e8394436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e388bfd1e014889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>