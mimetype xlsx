--- v0 (2026-01-15)
+++ v1 (2026-03-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804cae5d7b414dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd75498b6a54bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R52c5f54eb9ae442e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbda4eaafdd3e43f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R52c5f54eb9ae442e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbda4eaafdd3e43f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -29722,301 +29722,945 @@
       </x:c>
       <x:c r="O323" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P323" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q323" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R323" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" t="inlineStr">
         <x:is>
-          <x:t>209700783</x:t>
+          <x:t>8188990</x:t>
         </x:is>
       </x:c>
       <x:c r="B324" t="inlineStr">
         <x:is>
           <x:t>07/18/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C324" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D324" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="E324" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="G324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I324" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J324" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="L324" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M324" t="inlineStr">
         <x:is>
-          <x:t>37</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O324" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R324" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" t="inlineStr">
         <x:is>
           <x:t>209700783</x:t>
         </x:is>
       </x:c>
       <x:c r="B325" t="inlineStr">
         <x:is>
-          <x:t>08/07/2025</x:t>
+          <x:t>07/18/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C325" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D325" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="E325" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I325" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="J325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L325" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M325" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t>37</x:t>
         </x:is>
       </x:c>
       <x:c r="N325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R325" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" t="inlineStr">
         <x:is>
+          <x:t>357720852</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B326" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C326" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D326" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E326" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F326" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G326" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H326" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K326" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N326" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P326" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q326" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R326" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="327">
+      <x:c r="A327" t="inlineStr">
+        <x:is>
+          <x:t>8188990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B327" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C327" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D327" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E327" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F327" t="inlineStr">
+        <x:is>
+          <x:t>15.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G327" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H327" t="inlineStr">
+        <x:is>
+          <x:t>4.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K327" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N327" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P327" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q327" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R327" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="328">
+      <x:c r="A328" t="inlineStr">
+        <x:is>
           <x:t>209700783</x:t>
         </x:is>
       </x:c>
-      <x:c r="B326" t="inlineStr">
+      <x:c r="B328" t="inlineStr">
+        <x:is>
+          <x:t>08/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C328" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D328" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E328" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I328" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L328" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M328" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="inlineStr">
+        <x:is>
+          <x:t>357720852</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B329" t="inlineStr">
+        <x:is>
+          <x:t>08/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C329" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D329" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E329" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F329" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G329" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H329" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K329" t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N329" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P329" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q329" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R329" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c r="A330" t="inlineStr">
+        <x:is>
+          <x:t>209700783</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B330" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C326" t="inlineStr">
+      <x:c r="C330" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D326" t="inlineStr">
+      <x:c r="D330" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
-      <x:c r="E326" t="inlineStr">
+      <x:c r="E330" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F326" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I326" t="inlineStr">
+      <x:c r="F330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I330" t="inlineStr">
         <x:is>
           <x:t>12</x:t>
         </x:is>
       </x:c>
-      <x:c r="J326" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L326" t="inlineStr">
+      <x:c r="J330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L330" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="M326" t="inlineStr">
+      <x:c r="M330" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="N326" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="331">
+      <x:c r="A331" t="inlineStr">
+        <x:is>
+          <x:t>357720852</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B331" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C331" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D331" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E331" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F331" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G331" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H331" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K331" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N331" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P331" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q331" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R331" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="332">
+      <x:c r="A332" t="inlineStr">
+        <x:is>
+          <x:t>8188990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B332" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C332" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D332" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E332" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F332" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G332" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H332" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K332" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P332" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q332" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R332" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="333">
+      <x:c r="A333" t="inlineStr">
+        <x:is>
+          <x:t>8188990</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B333" t="inlineStr">
+        <x:is>
+          <x:t>09/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C333" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D333" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E333" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F333" t="inlineStr">
+        <x:is>
+          <x:t>11.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G333" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H333" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K333" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P333" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q333" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R333" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>